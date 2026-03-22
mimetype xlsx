--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -54,1025 +54,1025 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Hilton Emerick de Paiva</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/975/projeto_166_declara_de__ut._pub._ass._do_ass._fidel_castro.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/975/projeto_166_declara_de__ut._pub._ass._do_ass._fidel_castro.doc</t>
   </si>
   <si>
     <t>“DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS PRODUTORES RURAIS DO ACAMPAMENTO FIDEL CASTRO II”.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>Poder Legislativo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/976/projeto_167_declara_de__ut._pub._asproconsa.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/976/projeto_167_declara_de__ut._pub._asproconsa.doc</t>
   </si>
   <si>
     <t>“DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS PEQUENOS PRODUTORES RURAIS DA COMUNIDADE NOSSA SENHORA DA SALETE - ASPROCONSA”.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/875/projeto_de_lei_1053_novo.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/875/projeto_de_lei_1053_novo.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES NO ANEXO I, DA LEI 296/2004 E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 LEITURA PARA CONHECIMENTO</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/878/projeto_de_lei_no_1055_-_abre_credito_especial_aquisicao_de_tubos_corrugados.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/878/projeto_de_lei_no_1055_-_abre_credito_especial_aquisicao_de_tubos_corrugados.pdf</t>
   </si>
   <si>
     <t>LEITURA PARA CONHECIMENTO DO PROJETO DE LEI Nº 1055/2021, “ABRE CRÉDITO ESPECIAL POR SUPERÁVIT FINANCEIRO NO EXERCÍCIO ANTERIOR COM CRIAÇÃO DE PROJETO/AÇÃO VC Nº 153/2020/PJ/DER-RO PARA AQUISIÇÃO E INSTALAÇÃO DE TUBOS CORRUGADOS, E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/879/projeto_de_lei_no_1056.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/879/projeto_de_lei_no_1056.pdf</t>
   </si>
   <si>
     <t>LEITURA PARA CONHECIMENTO DO PROJETO DE LEI Nº 1056/2021, “DISPÕE SOBRE ABERTURA DE CRÉDITO ESPECIAL POR SUPERÁVIT FINANCEIRO NO EXERCÍCIO ANTERIOR COM CRIAÇÃO DE ELEMENTO DE DESPESA NA PROGRAMAÇÃO 10.122.0016.2104 – ENFRENTAMENTO DA EMERGÊNCIA COVID-19, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/</t>
   </si>
   <si>
     <t>LEITURA PARA CONHECIMENTO DO PROJETO DE LEI Nº 1057/2021, “AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE, PROVENIENTE DO REPASSE FUNDO A FUNDO NO VALOR DE R$ 300.000,00 (TREZENTOS MIL REAIS), E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/881/projeto_de_lei_no_1058.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/881/projeto_de_lei_no_1058.pdf</t>
   </si>
   <si>
     <t>LEITURA PARA CONHECIMENTO DO PROJETO DE LEI Nº 1058/2021, “DISPÕE SOBRE ABERTURA DE CRÉDITO ESPECIAL POR SUPERÁVIT FINANCEIRO NO EXERCÍCIO ANTERIOR, COM CRIAÇÃO DE ELEMENTO DE DESPESA, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/882/projeto_de_lei_no_1059.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/882/projeto_de_lei_no_1059.pdf</t>
   </si>
   <si>
     <t>LEITURA PARA CONHECIMENTO DO PROJETO DE LEI Nº 1059/2021, “AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE, PROVENIENTE DO REPASSE FUNDO A FUNDO NO VALOR DE R$ 60.000,00 (SESSENTA MIL REAIS), E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/897/projeto_de_lei__1060-2021_-_alterar_lei_de_plantoes_dos_medicos.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/897/projeto_de_lei__1060-2021_-_alterar_lei_de_plantoes_dos_medicos.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N°1060/2021, REGULAMENTA O SISTEMA DE CONTRATAÇÃO DE MÉDICOS ESPECIALISTAS E/OU CLÍNICO GERAL, NO ÂMBITO DAS UNIDADES DE ATENÇÃO BÁSICA E HOSPITAL MUNICIPAL DO MUNICÍPIO DE MIRANTE DA SERRA, MEDIANTE CREDENCIAMENTO POR CHAMAMENTO PÚCLICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/901/projeto_de_lei_no_1061_-_dispoe_sobre_abertura_de_credito_por_superavit_financeiro.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/901/projeto_de_lei_no_1061_-_dispoe_sobre_abertura_de_credito_por_superavit_financeiro.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 1061/2021, “DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR SUPERÁVITS FINANCEIROS NO EXERCÍCIO ANTERIOR, E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/966/projeto_de_lei_do_1062.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/966/projeto_de_lei_do_1062.pdf</t>
   </si>
   <si>
     <t>LEITURA PARA CONHECIMENTO DO PROJETO DE LEI Nº 1062/2021, “DISPÕE SOBRE O SISTEMA ÚNICO DE ASSISTÊNCIA SOCIAL – SUAS DO MUNICÍPIO DE MIRANTE DA SERRA, DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/927/projeto_de_lei_no_1063_-_dispoe_sobre_abertura_de_credito_por_superavit_financeiro.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/927/projeto_de_lei_no_1063_-_dispoe_sobre_abertura_de_credito_por_superavit_financeiro.doc</t>
   </si>
   <si>
     <t>LEITURA DO PROJETO DE LEI Nº 1063/2021, “DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR SUPERÁVITS FINANCEIROS NO EXERCÍCIO ANTERIOR, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>LEITURA DO PROJETO DE LEI Nº 1064/2021, “DISPÕE SOBRE ABERTURA DE CRÉDITO ESPECIAL POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE NO PROGRAMA/AÇÃO, RECOMPOSIÇÃO DOS RECURSOS DO FUNDEB, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>LEITURA DO PROJETO DE LEI Nº 1065/2021, “DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR SUPERÁVITS FINANCEIROS NO EXERCÍCIO ANTERIOR, COM CRIAÇÃO DE ELEMENTO DE DESPESA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/960/projeto_de_lei_1066-2021_-_fundeb.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/960/projeto_de_lei_1066-2021_-_fundeb.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 1066/2021, “DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE ACOMPANHAMENTO E CONTROLE SOCIAL DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA E DE VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO – CACS-FUNDEB”.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>CONHECIMENTO DO PREJETO DE LEI Nº1067/2021, DISPÕE SOBRE A CONSTITUIÇÃO DE SERVIÇOS DE INSPEÇÃO MUNICIPAL_ SIM E OS PROCEDIMENTOS DE INSPEÇÃO SANITÁRIA EM ESTABELECIMENTOS QUE PRODUZAM PRODUTOS DE ORIGEM ANIMAL NO MUNICÍPIO DE MIRANTE DA SERRA-RO, E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/959/projeto_de_lei_n_1068-2021_-_convenio_com_a_promovida.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/959/projeto_de_lei_n_1068-2021_-_convenio_com_a_promovida.pdf</t>
   </si>
   <si>
     <t>LEITURA PARA CONHECIMENTO DO PROJETO DE LEI Nº 1068/2021, “AUTORIZA O PODER EXECUTIVO MUNICIPAL, A FIRMAR CONVÊNIO COM A PROMOVIDA (ASSOCIAÇÃO PARA PROMOÇÃO DA VIDA, DIGNIDADE E ESPERANÇA DO ANCIÇÃO) E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/958/projeto_de_lei_no_1069_-_abre_credito_por_superavit_financeiro_-_devolucao_de_convenio.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/958/projeto_de_lei_no_1069_-_abre_credito_por_superavit_financeiro_-_devolucao_de_convenio.pdf</t>
   </si>
   <si>
     <t>“Dispõe Sobre Abertura de Crédito Adicional Suplementar por Superávit Financeiro no Exercício Anterior, e dá outras providências”</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito Adicional Especial por Excesso de Arrecadação no Orçamento Vigente, proveniente do Repasse Fundo a Fundo para ações de Enfrentamento do Novo Corona vírus, e dá Outras Providências”</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>“Abre Crédito Especial no Orçamento Vigente com Criação de Projeto/Ação CV para Recuperação de Estradas Vicinais com Revestimento Primário, e dá Outras Providências”</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 1072/2021, “DISPÕE SOBRE A ALTERAÇÃO DO NOME DE RUA E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 1073/2021, “DISPÕE SOBRE A REVISÃO ANUAL DOS VENCIMENTOS DOS SERVIDORES MUNICIPAIS, E DÁ OUTRAS PROVIDÊNCIAS”. _x000D_
             = LEITURA DO PARECER Nº 028/2021 DA COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI Nº 1073/2021. _x000D_
              = LEITURA DO PARECER Nº 018/2021 DA COMISSÃO PERMANENTE DE ORÇAMENTO E FINANÇAS AO PROJETO DE LEI Nº 1073/2021.</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1067/projeto_de_lei_1074_-_copia.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1067/projeto_de_lei_1074_-_copia.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 1074/2021, “AUTORIZA O PODER EXECUTIVO MUNICIPAL, A FIRMAR CONVÊNIO COM A PROMOVIDA (ASSOCIAÇÃO PARA A PROMOÇÃO DA VIDA, DIGNIDADE E ESPERANÇA DO ANCIÃO) E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1012/projeto_de_lei_no_1075_-_autoriza_abertura_de_credito_por_superavit_financeiro.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1012/projeto_de_lei_no_1075_-_autoriza_abertura_de_credito_por_superavit_financeiro.docx</t>
   </si>
   <si>
     <t>“AUTORIZA ABERTURA  DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO MUNICIPAL VIGENTE POR SUEPERÁVIT FINANCEIRO,NO MONTANTE DE R$ 520.200,88 (QUINHENTOS E VINTE MIL DUZENTOS REAIS E OITENTA E OITO CENTAVOS), E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1034/projeto_de_lei_no_1077_-_dispoe_sobre_a_abertura_de_credito_por_remanejamento.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1034/projeto_de_lei_no_1077_-_dispoe_sobre_a_abertura_de_credito_por_remanejamento.docx</t>
   </si>
   <si>
     <t>“Dispõe sobre Abertura de Crédito Especial Através de Remanejamento nos moldes da Lei nº 677 de 28 de maio de 2014, (regulamenta remanejamento, transposição e transferência), e dá outras providências”</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1035/projeto_de_lei_no_1078_-_dispoe_sobre_abertura_de_credito_por_excesso_de_arrecadacao.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1035/projeto_de_lei_no_1078_-_dispoe_sobre_abertura_de_credito_por_excesso_de_arrecadacao.docx</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1044/projeto_de_lei_no_1079_-_dispoe_sobre_abertura_de_credito_especial_por_remanejamento.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1044/projeto_de_lei_no_1079_-_dispoe_sobre_abertura_de_credito_especial_por_remanejamento.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 1079/2021, “DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL ATRAVÉS DE REMANEJAMENTO NOS MOLDES DA LEI Nº 677 DE 28 DE MAIO DE 2014, (REGULAMENTA REMANEJAMENTO, TRANSPOSIÇÃO E TRANSFERÊNCIA), E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1068/projeto_de_lei_no_1080-2021_-_plantao_medico.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1068/projeto_de_lei_no_1080-2021_-_plantao_medico.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 1080/2021, “ALTERA O INCISO I, DO § 1º, DO ART. 1º, DA LEI 715/2015, QUE AUTORIZA O PODER EXECUTIVO, A CONTRATAR PLANTÔES MÉDICOS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1069/projeto_de_lei_no_1081-2021_-_autoriza_processo_seletivo.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1069/projeto_de_lei_no_1081-2021_-_autoriza_processo_seletivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 1081/2021, “AUTORIZA A CONTRATAR POR PRAZO DETERMINADO MEDIANTE PROCESSO SELETIVO SIMPLIFICADO, PARA ATENDER NECESSIDADES DE EXCEPCIONAL INTERESSE PÚBLICO E SUPRIR FALTA EMERGENCIAL DE PESSOAL ATÉ A REALIZAÇÃO DE CONCURSO PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>José Carlos Pereira de Andrade</t>
   </si>
   <si>
     <t>``Projeto de Lei nº 1083/2021 “Cria a Politica Municipal de Gestão de Resíduos  sólidos do Município de Mirante da Serra, e dá  outras providências``.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1090/projeto_de_lei_no_1084-2021_-_programa_de_apoio_financeiro_escolar_proafe.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1090/projeto_de_lei_no_1084-2021_-_programa_de_apoio_financeiro_escolar_proafe.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE APOIO FINANCEIRO ESCOLAR – PROAFE, PARA DISPONIBILIZAÇÃO DE RECURSOS, MEDIANTE CONVÊNIO, ÀS UNIDADES ESCOLARES URBANAS E RURAIS DO SISTEMA MUNICIPAL DE ENSINO, ORIENTAR SUA IMPLANTAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1091/projeto_de_lei__no_1085-2021_-_amortizacao_deficit_atuarial_serra_previ.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1091/projeto_de_lei__no_1085-2021_-_amortizacao_deficit_atuarial_serra_previ.pdf</t>
   </si>
   <si>
     <t>Institui o Plano de Amortização para equacionamento do déficit atuarial do SERRA PREVI - Instituto de Previdência Social dos Servidores Públicos do Município de Mirante da Serra, conforme diretrizes emanadas pela Portaria MPS nº. 403/2008 e suas alterações, altera dispositivos da Lei Municipal nº 727/2015 e dá outras providências.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1092/projeto_de_lei_no_1086-2021_-_dispoe_sobre_autorizacao_de_espaco_publico_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1092/projeto_de_lei_no_1086-2021_-_dispoe_sobre_autorizacao_de_espaco_publico_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A COMERCIALIZAÇÃO DE ALIMENTOS EM ÁREAS PÚBLICAS OU PARTICULARES, DE MODO ESTACIONÁRIO E ITINERANTE, INCLUINDO UNIDADES DE CARGA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1093/projeto_de_lei_no_1087-2021_-_inclui__3o_no_art_12_da_lei_1015-2020_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1093/projeto_de_lei_no_1087-2021_-_inclui__3o_no_art_12_da_lei_1015-2020_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ACRÉSCIMO DO § 3º, AO ART. 12 E ALTERAÇÃO DO ANEXO XLVIII, AMBOS DA LEI 1.015/2020 E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1094/projeto_de_lei_no_1088.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1094/projeto_de_lei_no_1088.pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito Adicional Especial por Excesso de Arrecadação no Orçamento Vigente, proveniente do Repasse Co-Financiamento Estadual no Valor de R$ 150.800,00 (Cento e Cinquenta Mil e Oitocentos Reais), e dá Outras Providências”</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1099/projeto_de_lei_no_1092_-_abre_credito_especial_atraves_de_remanejamento.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1099/projeto_de_lei_no_1092_-_abre_credito_especial_atraves_de_remanejamento.pdf</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1100/projeto_de_lei_no_1093_-_abre_credito_especial_por_excesso_de_arrecadacao_no_exercicio_vigente.docx.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1100/projeto_de_lei_no_1093_-_abre_credito_especial_por_excesso_de_arrecadacao_no_exercicio_vigente.docx.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n.º 1093/2021	"Abre Crédito Especial no Orçamento Vigente com Criação de Projeto/Ação CV Nº 026/PGE-2021 Para Aquisição de um e dá Outras Providências”</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1104/projeto_de_lei_no_1095_-_dispoe_sobre_abertura_de_credito_especial_-_aquisicao_de_trator_de_pneu.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1104/projeto_de_lei_no_1095_-_dispoe_sobre_abertura_de_credito_especial_-_aquisicao_de_trator_de_pneu.pdf</t>
   </si>
   <si>
     <t>“ABRE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE COM CRIAÇÃO DE PROJETO/AÇÃO CV PARA AQUISIÇÃO DE EQUIPAMENTOS – TRATOR DE PNEUS, E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1105/projeto_de_lei_no_1096_-_dispoe_sobre_abertura_de_credito_especial_-_construcao_de_quadra_esportiva.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1105/projeto_de_lei_no_1096_-_dispoe_sobre_abertura_de_credito_especial_-_construcao_de_quadra_esportiva.pdf</t>
   </si>
   <si>
     <t>“ABRE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE COM CRIAÇÃO DE PROJETO/AÇÃO CV PARA CONSTRUÇÃO DE QUADRA ESPORTIVA COM GRAMA SINTÉTICA, E DA OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1106/projeto_de_lei_no_1097_-_dispoe_sobre_abertura_de_credito_especial_-_incremento_pab.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1106/projeto_de_lei_no_1097_-_dispoe_sobre_abertura_de_credito_especial_-_incremento_pab.pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito Adicional Especial por Excesso de Arrecadação no Orçamento Vigente, proveniente do Repasse Fundo a Fundo no Valor de R$ 350.000,00 (Trezentos e Cinquenta Mil Reais), e dá Outras Providências”</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1107/projeto_de_lei_no_1098_-_abre_credito_por_superavit_financeiro_devolucao_de_saldo_de_convenio.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1107/projeto_de_lei_no_1098_-_abre_credito_por_superavit_financeiro_devolucao_de_saldo_de_convenio.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Abertura de Crédito Adicional Suplementar por Superávit Financeiro no Exercício Anterior, e dá outras providências”</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1158/projeto_de_lei_1099-2021_-_altera_art._5_da_296.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1158/projeto_de_lei_1099-2021_-_altera_art._5_da_296.docx</t>
   </si>
   <si>
     <t>Projeto de Lei nº 1099/2021 "Dispõe sobre alterações no Art. 5º da Lei 296/2004, e da outras providências".</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 1100/2021 "DISPÕE SOBRE AUTORIZAÇÃO CONCESSÃO DE USO DE ESPAÇO PÚBLICO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1157/projeto_de_lei_no_1101_-_abre_credito_especial_por_excesso_de_arrecadacao.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1157/projeto_de_lei_no_1101_-_abre_credito_especial_por_excesso_de_arrecadacao.docx</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 1101/2021 "DISPÕE SOBRE ABERTURA DE CRÉDITO ESPECIAL POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE - ALTERAÇÃO NA LOA - LEI ORÇAMENTÁRIA ANUAL PARA O EXERCICIO DE 2021, E DA OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1167/projeto_de_lei_1102.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1167/projeto_de_lei_1102.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 1102/21 "Altera a Lei Municipal nº 422/2008 que dispõe sobre a restruturação das politicas dos direitos da criança e do adolescentes, e dá outras providências".</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1172/projeto_de_lei_no_1103_-_abre_credito_por_remanejamento.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1172/projeto_de_lei_no_1103_-_abre_credito_por_remanejamento.docx</t>
   </si>
   <si>
     <t>Dispõe sobre Abertura de Crédito Especial Através de Remanejamento nos moldes da Lei nº 677 de 28 de maio de 2014, (regulamenta remanejamento, transposição e transferência), e dá outras providências</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1173/projeto_de_lei_no_1104_-_ppa_2022_-_2015___3.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1173/projeto_de_lei_no_1104_-_ppa_2022_-_2015___3.docx</t>
   </si>
   <si>
     <t>Institui o Plano Plurianual – PPA do Município de Mirante da Serra - RO, para o quadriênio 2022-2025, e dá outras providências</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1174/projeto_de_lei__no_1105_-_ldo_2022_1.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1174/projeto_de_lei__no_1105_-_ldo_2022_1.docx</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1175/projeto_de_lei_no_1106_-_abre_credito_espeical_por_excesso_de_arrecadacao_conv._agricultura.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1175/projeto_de_lei_no_1106_-_abre_credito_espeical_por_excesso_de_arrecadacao_conv._agricultura.docx</t>
   </si>
   <si>
     <t>“Abre Crédito Especial no Orçamento Vigente com Criação de Projeto/ação CV para Aquisição de Equipamento Agrícola e Implementos, dá outras providências".</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1176/projeto_de_lei_no_1107_-_dispoe_sobre_abertura_de_credito_por_excesso_de_arrecadcao_no_exercicio_vigente.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1176/projeto_de_lei_no_1107_-_dispoe_sobre_abertura_de_credito_por_excesso_de_arrecadcao_no_exercicio_vigente.docx</t>
   </si>
   <si>
     <t>Projeto de Lei nº 1107/2021 "Abre Crédito especial no Orçamento vigente com Criação de Projeto/Ação Aquisição de Equipamento e Implementos Agrícolas, e dá outras providencias".</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1177/projeto_de_lei_no_1108_-_abre_credito_especial_por_superavit_financeiro_exercicio_anterior.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1177/projeto_de_lei_no_1108_-_abre_credito_especial_por_superavit_financeiro_exercicio_anterior.docx</t>
   </si>
   <si>
     <t>"Projeto de Lei nº 1108/2021 "Dispõe Sobre Abertura de Crédito Adicional Suplementar por Superávit Financeiro no Exercício Anterior com criação de Elemento de despesa, e dá outras providências".</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1212/projeto_de_lei_1.109-2021_previdencia_complementar.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1212/projeto_de_lei_1.109-2021_previdencia_complementar.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 1109/2021 "Institui o Regime de Previdência Complementar no Âmbito do Município de Mirante da Serra: Fixa o Limite Máximo para Concessão de Aposentadorias e Pensões pelo Regimento de Previdência que trata p Art. 40 da Constituição Federal, Autoriza a Adesão a Plano de Benefícios de Previdência complementar e dá Outras Providências.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
     <t>Projeto de Lei nº 1110/2021 "Autoriza a Disponibilização de Ônibus do Transporte Escolar para o Departamento de Esporte e Cultura do Município de Mirante da Serra e dá Outras Providências.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1189/projeto_de_lei_no_1112_-_abre_credito_especial_por_excesso_de_arrecadacao_recurso_covid-19.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1189/projeto_de_lei_no_1112_-_abre_credito_especial_por_excesso_de_arrecadacao_recurso_covid-19.docx</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial por Excesso de Arrecadação no Orçamento Vigente, proveniente do Repasse Fundo a Fundo no Valor de R$ 240.000,00 (Duzentos e Quarenta Mil Reais), e dá Outras Providências</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1197/projeto_de_lei_1113-2021_-_autoriza_a_doacao_de_imovel_urbano_ao_governo_do_estado_de_rondonia_-_quartel.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1197/projeto_de_lei_1113-2021_-_autoriza_a_doacao_de_imovel_urbano_ao_governo_do_estado_de_rondonia_-_quartel.docx</t>
   </si>
   <si>
     <t>Projeto de Lei nº 1113/2021 "Autoriza o Poder Executivo Municipal a Doar Imóvel Urbano ao Governo do Estado de Rondonia, e dá Outras Providências".</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1217/projeto_de_lei_no_1114_-_abre_credito_especial_atraves_de_remanejamento.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1217/projeto_de_lei_no_1114_-_abre_credito_especial_atraves_de_remanejamento.docx</t>
   </si>
   <si>
     <t>Projeto de Lei nº 1114/2021 "Dispõe sobre Abertura de Crédito Especial Através de Remanejamento nos moldes da Lei nº 677 de 28 de maio de 2014, (regulamenta remanejamento, transposição e transferência), e dá outras providências</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1228/projeto_de_lei_1115_2021.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1228/projeto_de_lei_1115_2021.docx</t>
   </si>
   <si>
     <t>Projeto de Lei nº 1115/2021 "Autoriza o Poder executivo Municipal, a firmar convênio com a Associação de Árbitros de Nova União - RO, e dá Outras Providências".</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1229/projeto_de_lei_no_1116_-_abre_credito_especial_por_excesso_de_arrecadacao_construcao_da_garagem.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1229/projeto_de_lei_no_1116_-_abre_credito_especial_por_excesso_de_arrecadacao_construcao_da_garagem.docx</t>
   </si>
   <si>
     <t>Projeto de Lei nº 1116/2021 "Abre  Crédito Especial no Orçamento Vigente com Criação de Projeto/Ação Construção da Garagem Municipal, e dá Outras Providências".</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1231/projeto_de_lei_no_1117_-_abre_credito_especial_por_excesso_de_arrecadacao_-_aquisicao_de_equipamentos_agricolas.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1231/projeto_de_lei_no_1117_-_abre_credito_especial_por_excesso_de_arrecadacao_-_aquisicao_de_equipamentos_agricolas.docx</t>
   </si>
   <si>
     <t>Projeto de Lei nº 1117/2021 "Abre  Crédito Especial no Orçamento Vigente com Criação de Projeto/Ação Aquisição de Equipamentos Agrícolas, e dá Outras Providências".</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1238/projeto_de_lei_no_1118_-_dispoe_sobre_remanejamento_orcamentario.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1238/projeto_de_lei_no_1118_-_dispoe_sobre_remanejamento_orcamentario.docx</t>
   </si>
   <si>
     <t>"Projeto de Lei nº 1118/2021 "Dispõe sobre Abertura de Crédito Especial Através de Remanejamento nos moldes da Lei nº 677 de 28 de maio de 2014, (regulamenta remanejamento, transposição e transferência), e dá outras providências"</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1246/projeto_de_lei_1.119-2021_autoriza_o_municipio_de_mirante_da_serra_a_adquirir_area_urbana_e_da_outras_providencias.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1246/projeto_de_lei_1.119-2021_autoriza_o_municipio_de_mirante_da_serra_a_adquirir_area_urbana_e_da_outras_providencias.docx</t>
   </si>
   <si>
     <t>"Projeto de Lei nº 1119/2021 "Autoriza o Município de Mirante da Serra a Adquirir Área Urbana e dá Outras Providências"</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1258/projeto_de_lei_suspensao_da_revisao_1120.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1258/projeto_de_lei_suspensao_da_revisao_1120.pdf</t>
   </si>
   <si>
     <t>"Projeto de Lei nº 1120/2021 "Dispõe sobre a suspensão dos efeitos da Lei nº 1.083/2021 e dá outras providências".</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1260/projeto_de_lei_1121-2021_-_autoriza_a_doacao_de_imovel_urbano_ao_governo_do_estado_de_rondonia_-_quartel_1.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1260/projeto_de_lei_1121-2021_-_autoriza_a_doacao_de_imovel_urbano_ao_governo_do_estado_de_rondonia_-_quartel_1.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 1121/2021 "Autoriza o Poder Executivo Municipal a Doar Imóvel Urbano ao Governo do Estado de Rondônia e dá Outras Providências"</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1261/projeto_de_lei_no_1122_-_abre_credito_especial_com_criacao_de_elemento_de_despesa.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1261/projeto_de_lei_no_1122_-_abre_credito_especial_com_criacao_de_elemento_de_despesa.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 1122/2021 "Dispõe Sobre a Criação de Elemento de Despesa para atender o Projeto/Ação CV nº 239/PGE-2020 para Aquisição de Uma Ambulância Tipo a de Simples Remoção, e dá Outras Providências".</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1262/projeto_de_lei_no_1123_-_cria_elemento_de_despesa.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1262/projeto_de_lei_no_1123_-_cria_elemento_de_despesa.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 1123/2021 "Dispõe sobre a Criação de Elemento de Despesas para atender a Programação Manutenção e Atividades do Quota/Salário, e dá Outras Providências".</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1263/projeto_de_lei_no_1124_-_abre_credito_especial_por_remanejamento.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1263/projeto_de_lei_no_1124_-_abre_credito_especial_por_remanejamento.pdf</t>
   </si>
   <si>
     <t>"Projeto de Lei nº 1124/2021 "Dispõe sobre Abertura de Crédito Especial Através de Remanejamento nos moldes da Lei nº 677 de 28 de maio de 2014, (regulamenta remanejamento, transposição e transferência), e dá outras providências"</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1272/projeto_de_lei_no_1125_-_abre_credito_especial_atraves_de_transferencia_orcamentaria.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1272/projeto_de_lei_no_1125_-_abre_credito_especial_atraves_de_transferencia_orcamentaria.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 1125/2021 Dispõe sobre Abertura de Crédito Especial Através de Remanejamento nos moldes da Lei nº 677 de 28 de maio de 2014, (regulamenta remanejamento, transposição e transferência), e dá outras providências"</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1273/projeto_de_lei_no_1126_-_abre_credito_espeical_por_excesso_de_arrecadacao.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1273/projeto_de_lei_no_1126_-_abre_credito_espeical_por_excesso_de_arrecadacao.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 1126/2021 " Autoriza a abertura de Credito Adicional Especial por Excesso de Arrecadação no Orçamento Vigente, proveniente do Repasse Fundo a Fundo no valor de R$ 627.459,00 (Seiscentos e Vinte e Sete Mil Quatrocentos e Cinquenta e Nove Reais ), e dá Outras Providências.</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1276/projeto_de_lei_no_1127_-_loa_2022.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1276/projeto_de_lei_no_1127_-_loa_2022.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 1127/2021 "Estima a Receita e Fixa a Despesas do Orçamento Fiscal do Munícipio de Mirante da Serra para o Exercício  Financeiro de 2022".</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1277/projeto_de_lei__no_1128_-_dispoe_sobre_abertura_de_credito_atraves_de_remanejamento.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1277/projeto_de_lei__no_1128_-_dispoe_sobre_abertura_de_credito_atraves_de_remanejamento.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 1128/2021 Dispõe sobre Abertura de Crédito Especial Através de Remanejamento nos moldes da Lei nº 677 de 28 de maio de 2014, (regulamenta remanejamento, transposição e transferência), e dá outras providências"</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1306/projeto_de_lei_no_1129_-_abre_credito_especial_por_excesso_de_arrecadacao_no_rocamento_vigente.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1306/projeto_de_lei_no_1129_-_abre_credito_especial_por_excesso_de_arrecadacao_no_rocamento_vigente.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 1129/2021 "Abre Crédito Especial no Orçamento Vigente com Criação de Projeto/Ação CV nº 151/PGE-2021 para Aquisição de uma Ambulância Tipo C, e da Outras Providências".</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1310/projeto_de_lei_no_1130_-_dispoe_sobre_a_transferencia_orcamentaria.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1310/projeto_de_lei_no_1130_-_dispoe_sobre_a_transferencia_orcamentaria.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 1130/2021 Dispõe sobre Abertura de Crédito Especial Através de Remanejamento nos moldes da Lei nº 677 de 28 de maio de 2014, (regulamenta remanejamento, transposição e transferência), e dá outras providências"</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1309/projeto_de_lei_no_1131_-_abre_credito_esepcial_por_excesso_de_arrecadacao_no_orcamento_vigente.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1309/projeto_de_lei_no_1131_-_abre_credito_esepcial_por_excesso_de_arrecadacao_no_orcamento_vigente.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 1131/2021 "Autoriza a abertura de Crédito Adicional Especial por Excesso de Arrecadação no Orçamento Vigente, proveniente do Repasse Federal Fundo a Fundo no valor de R$ 100.000,00 (Cem Mil Reais), e dá Outras Providências".</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1307/projeto_de_lei_no_1132_-_abre_credito_especial_por_remanejamento.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1307/projeto_de_lei_no_1132_-_abre_credito_especial_por_remanejamento.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 1132/2021 Dispõe sobre Abertura de Crédito Especial Através de Remanejamento nos moldes da Lei nº 677 de 28 de maio de 2014, (regulamenta remanejamento, transposição e transferência), e dá outras providências"</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1308/projeto_de_li_no_1133_-_abre_credito_especial_por_superavit_financeiro_exerciciio_anterior.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1308/projeto_de_li_no_1133_-_abre_credito_especial_por_superavit_financeiro_exerciciio_anterior.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 1133/2021 "Dispõe Sobre Abertura de Crédito Adicional Suplementar por Superávit Financeiro no Exercício Anterior com criação de Elemento de despesa, e dá Outras Providências".</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1311/projeto_de_lei_no_1134_-_abre_credito_especial_no_orcamento_vigente.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1311/projeto_de_lei_no_1134_-_abre_credito_especial_no_orcamento_vigente.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n.º 1134/2021	“Abre Crédito Especial no Orçamento Vigente com Criação de Projeto/Ação CV Nº 125/2021/PJ/DER-RO para Aquisição de Insumos Destinados a Confecção de Blocos Sextavados de Concreto, e dá Outras Providências.</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1315/projeto_de_lei_no_1135_-_dispoe_sobre_abertura_de_credito_especial_por_remanejamento.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1315/projeto_de_lei_no_1135_-_dispoe_sobre_abertura_de_credito_especial_por_remanejamento.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 1135/2021 Dispõe sobre Abertura de Crédito Especial Através de Remanejamento nos moldes da Lei nº 677 de 28 de maio de 2014, (regulamenta remanejamento, transposição e transferência), e dá outras providências"</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1336/projeto_de_lei_no_1136_-_abre_credito_especial_atraves_de_remanejamento_orcamentario.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1336/projeto_de_lei_no_1136_-_abre_credito_especial_atraves_de_remanejamento_orcamentario.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 1136/2021 Dispõe sobre Abertura de Crédito Especial Através de Remanejamento nos moldes da Lei nº 677 de 28 de maio de 2014, (regulamenta remanejamento, transposição e transferência), e dá outras providências"</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
     <t>Projeto de Lei nº 1137/2021 "Dispõe Sobre Autoriza o Poder Executivo a Conceder Abono - Fundeb aos Profissionais do Magistério e Ensino Superior Lotados na Secretária de Educação - Semece</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1355/projeto_de_lei_1138.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1355/projeto_de_lei_1138.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR TERRENO URBANO AO GOVERNO DO ESTADO DE RONDÔNIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1345/projeto_de_lei_no_1139-2021_altera_a_lei_municipal_no._1.122-2021_que_dispoe_sobre_autoriza_o_municipio_de_mirante_da_serra_a_adquirir_area_urbana.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1345/projeto_de_lei_no_1139-2021_altera_a_lei_municipal_no._1.122-2021_que_dispoe_sobre_autoriza_o_municipio_de_mirante_da_serra_a_adquirir_area_urbana.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei 1139/2021 "Dispõe sobre Autoriza o Município de Mirante da  Serra Adquirir Àrea Urbana e da Outras Providências"</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1351/projeto_de_lei_no_1140_-_dispoe_sobre_abertura_de_credito_especial_atraves_de_remanejamento_orcamentario.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1351/projeto_de_lei_no_1140_-_dispoe_sobre_abertura_de_credito_especial_atraves_de_remanejamento_orcamentario.docx</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1352/projeto_de_lei__no_1141-2021_-_alterando_o_anexo_i_da_lei_1088-2021.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1352/projeto_de_lei__no_1141-2021_-_alterando_o_anexo_i_da_lei_1088-2021.docx</t>
   </si>
   <si>
     <t>Projeto de Lei 1141/2021 "Altera o Anexo da Lei 1088/2021 e dá Outras Providências"</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>E A</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/915/emenda_aditiva_2021.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/915/emenda_aditiva_2021.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 001/2021._x000D_
 _x000D_
 PROJETO DE LEI Nº 1060/2021 – “REGULAMENTA O SISTEMA DE CONTRATAÇÃO DE MÉDICOS ESPECIALISTAS E/OU CLÍNICO GERAL, NO ÂMBITO DAS UNIDADES DE ATENÇÃO BÁSICA E HOSPITALAR MUNICIPAL DO MUNICÍPIO DE MIRANTE DA SERRA, MEDIANTE CREDENCIAMENTO POR CHAMAMENTO PÚBLICO, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 001/2021, AO PROJETO DE LEI Nº 168/JSN/DA/2021.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Daniel Andrade</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1218/emenda_modificativa_001_2021_cpjr_-_copia.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1218/emenda_modificativa_001_2021_cpjr_-_copia.doc</t>
   </si>
   <si>
     <t>Emenda Aditiva nº 003/2021 " Acrescenta o § 3º A ao Artigo 8º do Projeto de Lei nº 1083/21 Cria a Politica Municipal de Resíduos Sólidos do Município de Mirante da Serra - RO.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
     <t>E M</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1337/emenda_modificativa_002_2021_daniel_andrade_-_ppa.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1337/emenda_modificativa_002_2021_daniel_andrade_-_ppa.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI N 1104/2021 “INSTITUI O PLANO PLURIANUAL – PPA DO MUNICÍPIO DE MIRANTE DA SERRA - RO, PARA O QUADRIÊNIO 2022 – 2025, E DÁ OUTRAS PROVIDÊNCIAS”. Altera Programa 007 – Secretaria Municipal de Obras e Serviços Públicos, Programa 008 – Secretaria Municipal de Agricultura, Programa 000 – Secretaria Municipal de Administração Finanças e Planejamento e Programa 002 – Secretaria Municipal de Governo.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moções</t>
   </si>
   <si>
     <t>Cristiano Correa da silva</t>
   </si>
   <si>
     <t>DA MOÇÃO DE PESAR Nº 001/GV/CCS/2021, PELO FALECIMENTO DO SENHOR ADAIR DE JESUS DAMASENA (POPULAR COELHO).</t>
   </si>
   <si>
     <t>MOÇAO DE APLAUSOS  Nº 001/PRP/2021 Ao reverendíssimo padre Paulo Cezar Velozo.</t>
   </si>
   <si>
     <t>1343</t>
   </si>
@@ -1088,64 +1088,64 @@
   <si>
     <t>153</t>
   </si>
   <si>
     <t>P D L</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO Nº 153/2021 " DISPÕES SOBRE A APROVAÇÃO DAS CONTAS DO MUNICIPIO DE MIRANTE DA SERRA, EXERCICIO 2019, DE RESPONSABILIDADE DO SENHOR ADINALDO DE ANDRADE, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>P L L</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/902/projeto_162_declara_de__utilidade_publica.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/902/projeto_162_declara_de__utilidade_publica.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 162/GV/AA/2021._x000D_
 “DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS PRODUTORES RURAIS DA OITENTA E QUATRO - ASPRUOQ”.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/904/projeto_163_declara_de__utilidade_publica_-_c.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/904/projeto_163_declara_de__utilidade_publica_-_c.pdf</t>
   </si>
   <si>
     <t>“DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DO POVO INDÍGENA AMONDAWA - APIA”.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 164/GV/AA/2021, “DÁ NOME AO PRÉDIO DA CASA DA CULTURA COMO RIELI FRANCISCATO”.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>Martinho Freire da Silva "Martins"</t>
   </si>
   <si>
     <t>DECLARA DE ULTILIDADE PÚBLICA A ASSOCIAÇÃO DOS PEQUENOS PRODUTORES RURAIS E SETOR CHACAREIRO DA LINHA 60-ASPRUSC DA LINHA 60.</t>
   </si>
@@ -1167,249 +1167,249 @@
   <si>
     <t>168</t>
   </si>
   <si>
     <t>Jozimar Souza Nerys "Mazinho"</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 168/GVS/JSN/DA/2021, “ALTERA O ART. 1º DA LEI 551/2011, DELIMITANDO O DIREITO DE CONDUZIR VEÍCULOS OFICIAIS SOMENTE MOTORISTA EFETIVO E PRIMEIRO ESCALÃO E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 169/GV/HEP/LBS/2021, “DISPÕE SOBRE A ALTERAÇÃO DO NOME DE RUA E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1216/projeto_de_lei_170-2021.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1216/projeto_de_lei_170-2021.docx</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo nº 170/2021 "Autoriza a Câmara Municipal de Mirante da Serra/RO, a Adquirir Área Urbana"</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>P R L</t>
   </si>
   <si>
     <t>Projeto de Resolução Legislativa</t>
   </si>
   <si>
     <t>LEITURA PARA CONHECIMENTO DO PROJETO DE RESOLUÇÃO LEGISLATIVA Nº 061/2021, “ALTERA O ARTIGO 1º DA RESOLUÇÃO LEGISLATIVA Nº 059/2019, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/914/projeto_de_resolucao___comissoes.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/914/projeto_de_resolucao___comissoes.pdf</t>
   </si>
   <si>
     <t>LEITURA PARA CONHECIMENTO DO PROJETO DE RESOLUÇÃO LEGISLATIVA Nº 061/2021, “ALTERA O ARTIGO 1º DA RESOLUÇÃO LEGISLATIVA Nº 059/2019, E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO LEGISLATIVA Nº 061/2021, “ALTERA O ARTIGO 1º DA RESOLUÇÃO LEGISLATIVA Nº 059/2019, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1122/projeto_resolucao_062.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1122/projeto_resolucao_062.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO Nº 062/2021 “ DISPÕE SOBRE A FILIAÇÃO DA CÂMARA MUNICIPAL DE MIRANTE DA SERRA – RO, A UNIÃO DE CÂMARAS E VEREADORES DE RONDÔNIA UVACER”.</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Projeto de Resolução Legislativa 063/2021 ``Concede Titulo de Cidadão Honorifico ao Exmo. Sr. Dr. Leobaldo Alves de Jesus e da Outras Providências``</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimentos</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/938/requerimento_conjunto_008.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/938/requerimento_conjunto_008.pdf</t>
   </si>
   <si>
     <t>LEITURA DO REQUERIMENTO CONJUNTO Nº 008/GVCCS/GVMFS que REQUER “A CRIAÇÃO DA COMISSÃO PARA ANTECIPAÇÃO DA ELEIÇÃO DA MESA DIRETORA BIÊNIO 2023 A 2024”.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/905/requerimento_no_001.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/905/requerimento_no_001.pdf</t>
   </si>
   <si>
     <t>LEITURA DO REQUERIMENTO N°001/GV/AA/2021.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/906/requerimento_no_002.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/906/requerimento_no_002.pdf</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/907/requerimento_no_003.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/907/requerimento_no_003.pdf</t>
   </si>
   <si>
     <t>LEITURA DO REQUERIMENTO Nº 003/GV/DA/2021.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/908/requerimento_no_004.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/908/requerimento_no_004.pdf</t>
   </si>
   <si>
     <t>LEITURA DO REQUERIMENTO Nº 004/GV/HEP/2021.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/909/requerimento_no_005.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/909/requerimento_no_005.pdf</t>
   </si>
   <si>
     <t>LEITURA DO REQUERIMENTO Nº 005/GV/HEP/2021.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/910/requerimento_no_006.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/910/requerimento_no_006.pdf</t>
   </si>
   <si>
     <t>LEITURA DO REQUERIMENTO Nº 006/GV/HEP/2021.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/911/requerimento_no_007.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/911/requerimento_no_007.pdf</t>
   </si>
   <si>
     <t>LEITURA DO REQUERIMENTO Nº 007/GVS/CMMS/2021.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/912/requerimentos_conjunto_vereador_kiti_e_martinho_i.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/912/requerimentos_conjunto_vereador_kiti_e_martinho_i.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO CONJUNTO 008/GVCCS/GVMF/CMMS/RO/21.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/934/requerimento_no_009.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/934/requerimento_no_009.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 009/GV/ HEP/2021 QUE REQUER A PRORROGAÇÃO DO PRAZO PARA REGULARIZAÇÃO FUNDIÁRIA URBANA E QUE SEJA FEITO A REGULARIZAÇÃO DO SETOR CHACAREIRO.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/935/requerimento_no_010.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/935/requerimento_no_010.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 010/GV/JSN/2021 REQUER: “QUE SEJA FEITO O CASACALHAMENTO DAS RUAS MARIA HELITA, RUA GONÇALVES DE PAIVA E RUA EDSON DUARTE LOPES”.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/936/requerimento_no_011.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/936/requerimento_no_011.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N°11/GV/JSN/2021 REQUER: “QUE SEJA INSTALADO EM TODOS ORGÃOS PUBLICOS DESTE MUNICÍPIO UM RELÓGIO DE PONTO”.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/937/requerimento_n_12.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/937/requerimento_n_12.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 012/GV/JSN/2021 REQUER: “A PERMANÊNCIA DOS POSTOS DE SAUDE E DA FARMÁCIA BÁSICA  ABERTA EM FERIADOS PROLONGADOS”.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>LEITURA DO REQUERIMENTO Nº 013/GV/JSN/2021, que REQUER “QUE OS_x000D_
 PLANTONISTAS DA FROTA DE TAXI PERMANEÇAM NO TERMINAL RODOVIÁRIO_x000D_
 DESTE MUNICÍPIO PARA DAR SUPORTE AOS USUÁRIOS”.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>LEITURA DO REQUERIMENTO Nº 014/GV/WS/2021, que REQUER “A TROCA DE_x000D_
 LÂMPADAS QUEIMADAS NAS RUAS DE NOSSA CIDADE”.</t>
   </si>
@@ -1426,383 +1426,383 @@
     <t>16</t>
   </si>
   <si>
     <t>LEITURA DO REQUERIMENTO Nº 016/GV/WS/2021, que REQUER “QUE_x000D_
 INTERCEDA JUNTO AO BANCO BRADESCO, PARA CUMPRIMENTO DOS PRAZOS_x000D_
 ESTABELECIDOS NA LEI MUNICIPAL 625/13”.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>LEITURA DO REQUERIMENTO Nº 017/GV/AA/2021, que REQUER “QUE NÃO_x000D_
 SEJA FEITO ATUALIZAÇÃO DE VALORES DE SERVIÇOS, NEM REAJUSTE DE TAXAS, A_x000D_
 EXEMPLO DA UPMF”</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/948/requerimento_no_018.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/948/requerimento_no_018.pdf</t>
   </si>
   <si>
     <t>REQUER: “O CUMPRIMENTO DA LEI Nº 634/2013, QUE „DETERMINA TRÂNSITO EM MÃO ÚNICA NAS AVENIDAS RIO BRANCO E GETÚLIO VÁRGAS EM NOSSO MUNICÍPIO”.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/949/requerimento_no_019.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/949/requerimento_no_019.pdf</t>
   </si>
   <si>
     <t>REQUER: “QUE SEJA INSTALADO SISTEMA DE MONITORAMENTO ELETRÔNICO NAS ESCOLAS MUNICIPAIS</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/950/requerimento_no_020.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/950/requerimento_no_020.pdf</t>
   </si>
   <si>
     <t>REQUER: “QUE SEJAM ARRUMADOS OS CAMINHÕES BAÚ E MUQUE DA SECRETARIA MUNICIPAL DE AGRICULTURA”.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/951/requerimento_n_21.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/951/requerimento_n_21.pdf</t>
   </si>
   <si>
     <t>REQUER: “UM MOTORISTA PARA ATENDER NOS PLANTÕES, O CONSERTO DO MURO, A INSTALAÇÃO DE SISTEMA DE VIGILÂNCIA E UM AGENTE ADMINISTRATIVO PARA ATENDER NECESSIDADES DO CONSELHO TUTELAR”.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/952/requerimento_adineudo_n_22.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/952/requerimento_adineudo_n_22.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA PAGO INDENIZAÇÃO POR_x000D_
 TRABALHO DE CAMPO AOS SERVIDORES DA_x000D_
 SECRETARIA MUNICIPAL DE OBRAS”.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/953/requerimento_no_023.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/953/requerimento_no_023.pdf</t>
   </si>
   <si>
     <t>REQUER: “A ISENÇÃO DAS MULTAS E JUROS E O PARCELAMENTO PARA PAGAMENTO DE IPTU QUE SE ENCOTRAM EM ATRASO</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/954/requerimento_no_024.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/954/requerimento_no_024.pdf</t>
   </si>
   <si>
     <t>REQUER: “QUE O MUNICÍPIO FAÇA A ADESÃO AO PROGRAMA REGULARIZA! BRASIL”.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/955/requerimento_no_025.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/955/requerimento_no_025.pdf</t>
   </si>
   <si>
     <t>REQUER: “A CONSTRUÇÃO DE UMA PONTE OU_x000D_
 BUEIRO NA LINHA 70”.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/956/requerimento_no_026.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/956/requerimento_no_026.pdf</t>
   </si>
   <si>
     <t>REQUER: “QUE SEJA FEITO UM DECRETO COM MAIS RIGOR, E NORMAS PARA PUNIR PESSOAS QUE DESCUMPRIR O PERÍODO DE ISOLAMENTO</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/957/requerimento_no_027.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/957/requerimento_no_027.pdf</t>
   </si>
   <si>
     <t>REQUER: “QUE OS TRAVESSÕES DA LINHA 72 PARA 76 E DA 76 PARA 80, SEJAM INCORPORADOS NAS PROGRAMAÇÕES DAS LINHAS DO MUNICIPIO E QUE SEJAM FEITAS AS RECUPERAÇÕES DOS MESMOS”.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/961/requerimento_no_028.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/961/requerimento_no_028.pdf</t>
   </si>
   <si>
     <t>“REQUER QUE SEJA FEITO PALIATIVO NA LH 66 km 03 DEVIDO UM ATOLEIRO</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/962/requerimento_no_029.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/962/requerimento_no_029.pdf</t>
   </si>
   <si>
     <t>“REQUER QUE SEJA FEITO A MANUTENÇÃO NA CABECEIRA DA PONTE DA LINHA 58.”</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/963/requerimento_martinho_2021.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/963/requerimento_martinho_2021.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA RETOMADO O SERVIÇO DE_x000D_
 IDENTIFICAÇÃO, PARA FAZER_x000D_
 IDENTIDADES EM NOSSO MUNICÍPIO”.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/964/requerimento_willian_2021.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/964/requerimento_willian_2021.pdf</t>
   </si>
   <si>
     <t>REQUER: “QUE SEJA COLOCADO MAIS UM BUEIRO NA LINHA 58, LOGO APÓS O FINAL DO ASFALTO NA AVENIDA MARECHAL CASTELO BRANCO</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/965/requerimento_n_032.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/965/requerimento_n_032.pdf</t>
   </si>
   <si>
     <t>REQUER: “A SUSPENSÃO DA COBRANÇA DA TAXA DO LIXO ENQUANTO PERDURAR A PANDEMIA”.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>REQUER: “QUE SEJA COLOCADO UM BUEIRO NA AV. DOS MIGRANTES ESQUINA COM A RUA PORTO VELHO”.</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/980/requerimento__mazinho_nerys__01-04-2021_assistencia_social.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/980/requerimento__mazinho_nerys__01-04-2021_assistencia_social.docx</t>
   </si>
   <si>
     <t>REQUER: “QUE SEJA COMPRADO TRÊS CELULARES E CINCO NOTBOOKS PARA ATENDER AS NECESSIDADES DA ASSISTENCIA SOCIAL”.</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/977/requerimento_daniel_andrade.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/977/requerimento_daniel_andrade.doc</t>
   </si>
   <si>
     <t>REQUER: “QUE SEJA FEITO O PATROLAMENTO DA LINHA 80”.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Hilton Emerick de Paiva "Cagado"</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/978/requerimento_hilton.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/978/requerimento_hilton.doc</t>
   </si>
   <si>
     <t>REQUER: “QUE SEJA LOCADO UMA PATROL PARA FAZER OS TRABALHOS NECESSÁRIOS EM NOSSO MUNICÍPIO”.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/979/requerimento__mazinho_nerys_travessao_da_56.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/979/requerimento__mazinho_nerys_travessao_da_56.docx</t>
   </si>
   <si>
     <t>REQUER: “QUE SEJA PATROLADO UM TRAVESSÃO DA LINHA 56 DEPOIS DA IGREJA DO KM 07, TRAVESSÃO LADO ESQUERDO”.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/992/requerimento_038_vereador_adineudo_-_manutencao_do_contrato_de_comodato_das_associacoes.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/992/requerimento_038_vereador_adineudo_-_manutencao_do_contrato_de_comodato_das_associacoes.doc</t>
   </si>
   <si>
     <t>REQUER: “PERMANÊNCIA DOS EQUIPAMENTOS CEDIDOS ÀS ASSOCIAÇÕES ATRAVÉS DE COMODATO, LEGALIZADO PELAS LEIS MUNICIPAL 732, 762, 782, 842, 855, 882 e 991”.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/996/requerimento__39_adineudo_2021.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/996/requerimento__39_adineudo_2021.doc</t>
   </si>
   <si>
     <t>“QUE SEJA COLOCADO UM BUEIRO TUBO ARMCO DE 1 M DE DIÂMETRO NO KM 5,5 DA LINHA 62</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/993/requerimento_mazinho_2021.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/993/requerimento_mazinho_2021.doc</t>
   </si>
   <si>
     <t>“QUE SEJA COLOCADO MAIS UM SERVIDOR PARA AJUDAR NOS TRABALHOS DE SEPULTAMENTO NO CEMITÉRIO COMUNITÁRIO”.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/994/requerimento__41_adineudo_2021.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/994/requerimento__41_adineudo_2021.doc</t>
   </si>
   <si>
     <t>“A RECUPERAÇÃO DE UM TRAVESSÃO LOCALIZADO NA LINHA 60, EM FRENTE AO IAAMO”.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/995/requerimento_hilton_2021.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/995/requerimento_hilton_2021.doc</t>
   </si>
   <si>
     <t>“QUE SEJA FEITO REVISÃO E REPAROS NECESSÁRIOS NO CAMINHÃO PIPA, BOMBA, E LOCAL DE CAPTAÇÃO DE ÁGUA”.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº044/GV/HEP/2021, REQUER "A CONSTRUÇÃO DE DOIS QUEBRA-MOLAS E SUAS DEVIDAS SINALIZAÇÕES NA LINHA 81 PRÓXIMO A RADIO PLANETA".</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº045/GV/HEP/2021, REQUER "QUE SEJA FEITO A REVISÃO ANUAL DA REMUNERAÇÃO DOS SERVIDORES PÚBLICOS CONFORME ARTIGO 10 DA LEI 269/2004".</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº046/GV/AA/2021, REQUER "ENCAMINHAMENTO DE DOCUMENTAÇÃO REFERENTE AS NOMEAÇÕES DE CARGOS EM COMISSÃO E FUNÇÃO GRATIFICADA DESSA MUNICIPALIDADE".</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1008/requerimento__48_paulo_roberto.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1008/requerimento__48_paulo_roberto.docx</t>
   </si>
   <si>
     <t>“REQUER QUE SEJA FEITO DOIS BUEIRO, NO TRAVESÃO DA LINHA 70 PARA A 74.”</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>REQUER: “QUE SEJA FEITO UM PALIATIVO NO TRAVESSÃO DO ASSENTAMENTO FIDEL CASTRO DA LINHA 72 PARA A 76 E DA LINHA 76 PARA A 80”.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 051/GV/CCS/2021, REQUER “QUE SEJA PREPARADO TODA DOCUMENTAÇÃO NECESSÁRIA PARA A REALIZAÇÃO DE UM CAMPEONATO DE FUTEBOL”.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
@@ -1824,162 +1824,162 @@
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 054/GV/JSN/2021, REQUER “QUE SEJA FEITO A LIGAÇÃO DA INSTALAÇÃO PARA ILUMINAÇÃO CENTRAL DA AVENIDA MARECHAL CASTELO BRANCO”.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 055/GV/JSN/2021, REQUER “QUE SEJA FEITO A RECUPERAÇÃO NA ROTATÓRIA DA RO 470, ESQUINA COM A AVENIDA MARECHAL CASTELO BRANCO”.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1023/req_057.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1023/req_057.pdf</t>
   </si>
   <si>
     <t>REQUER: “QUE SEJA FEITO O PATROLAMENTO E RECUPERAÇÃO DE 02 (DOIS)) BUEIROS NO TRAVESSÃO DA LINHA 70 EM NOSSO MUNICIPIO”.</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1024/req_058.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1024/req_058.pdf</t>
   </si>
   <si>
     <t>REQUER: “O PATROLAMENTO DO TRAVESSÃO APÓS O FINAL DO ASFALTO QUE PASSA EM FRENTE AO HOSPITAL MUNICIPAL EM NOSSO MUNICIPIO”.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1025/req_059.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1025/req_059.pdf</t>
   </si>
   <si>
     <t>REQUER: “O PATROLAMENTO DOS TRAVESSÕES DENOMINADO FOZ LADO DIREITO E ESQUERDO EM NOSSO MUNICIPIO”.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Jozimar Sousa Nerys  "Mazinho"</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1026/req_060.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1026/req_060.pdf</t>
   </si>
   <si>
     <t>O CUMPRIMENTO DO ART. 3º e 5º DA PORTARIA 786/2015/GP/CMMS/RO DE 02/02/2015 QUE REGULAMENTO O USO DE VEICULOS DA CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1036/req_061.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1036/req_061.docx</t>
   </si>
   <si>
     <t>REQUER: “QUE SEJA ADQUIRIDA MAIS UMA BOMBA PARA CAPACITAÇÃO DE AGUA DA CAERD E FAZER MANUTENÇÃO PRELIMINARES EM MIRANTE DA SERRA”.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1037/req_062.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1037/req_062.docx</t>
   </si>
   <si>
     <t>REQUER: “QUE SEJA FEITO SINALIZAÇÃO, PINTURA FLUORENCENTE E ILUMINAÇÃO NA ROTATÓRIA LOCALIZADA NA 470 ESQUINA COM A LINHA 60 EM MIRANTE DA SERRA”.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1038/req_063.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1038/req_063.docx</t>
   </si>
   <si>
     <t>REQUER: “QUE SEJA CONSTRUIDO UM ESTACIONAMENTO EM FRENTE AO HOSPITAL MUNICIPAL VEREADOR SAMUEL MARQUES DOS SANTOS EM NOSSA CIDADE”.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>REQUER: “QUE INTERCEDA JUNTO AO ORGÃO COMPETENTE, PARA QUE FAÇA UM TAPA BURACO NA RO 470 DENOMINADA LINHA 81”.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1040/req_065.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1040/req_065.docx</t>
   </si>
   <si>
     <t>Requer: ROÇAGEM E LIMPESA NAS LATERAIS DA RO 470 NA CHEGADA DE NOSSA CIDADE E DAS RUAS NOS PERIMETROS URBANDO</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1041/req_066docx.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1041/req_066docx.docx</t>
   </si>
   <si>
     <t>Requer: QUE SEJA COLOCADA ILUMINAÇÃO NA ROTATORIA DA CHEGADA DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1042/req_067docx.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1042/req_067docx.docx</t>
   </si>
   <si>
     <t>Requer: QUE SEJA TAPADO UM BURACO NA AVENIDA BRANCO ESQUINA COM A RUA PIAUI EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 069/GV/PRP/2021, REQUER “QUE SEJA FEITO ABERTURA DE UM PEQUENO TRECHO DE ESTRADA NO REDONDO EM TORNO DA ÁREA SOCIAL NA GLEBA 09 DO ASSENTAMENTO PADRE EZEQUIEL EM NOSSO MUNICÍPIO”.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 070/GV/JSN/2021, REQUER “A REPINTURA DAS FAIXAS DE PEDESTRES EXISTENTE EM NOSSA CIDADE COM TINTA ADEQUADA PARA SINALIZAÇÃO”.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
@@ -2034,1203 +2034,1203 @@
   <si>
     <t>REQUERIMENTO Nº 076/GV/AA/2021, REQUER “O PATROLAMENTO E CASCALHAMENTO DA ESTRADA E A RECUPERAÇÃO DE DUAS PONTES NA RO 470 DENOMINADA LINHA 81, NO TRECHO COMPREENDIDO ENTRE A CIDADE DE MIRANTE DA SERRA E O KM 84”.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 077/GVS/AA/PRP/2021, REQUER “O PATROLAMENTO E CASCALHAMENTO DA LINHA 66 QUE FAZ LIGAÇÃO ENTRE OS MUNICÍPIOS DE MIRANTE DA SERRA E ALVORADA DO OESTE”.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 078/GV/AA/2021, REQUER “PRORROGAÇAO DOS EDITAIS 002 E 003/2020 – SEMSAU PROCESSO SELETIVO SIMPLIFICADO COM PROFISSIONAIS DE SAÚDE – PARA O ENFRENTAMENTO AO COVID – 19”.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>Willian Sanches "Willian Parafusos"</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1070/req_079docx..pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1070/req_079docx..pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 079/GV/WS/2021, REQUER “QUE SEJA FEITO O PATROLAMENTO, ATERRO E UM BUEIRO NO TRAVESSÃO LOCALIZADO NA LINHA 81 NA LINHA 81 KM 51 EM NOSSA CIDADE</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1072/req_080.docx.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1072/req_080.docx.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 080/GV/HEP/2021, REQUER “QUE SEJA FEITO A RECUPERAÇÃO DOS 04 RAMAIS LADO ESQUERDO DA LINHA 66</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1073/req_081.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1073/req_081.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 081/GVS/HEP/2021, REQUER “QUE SEJA COLOCADO MAIS UM MOTORISTA NO CAMINHÃO PIPA DE NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1078/req_082.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1078/req_082.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 082/GVS/JSN/PRP/2021, REQUER A SUBSTITUIÇÃO DA PONTE LOCALIZADO NO FINAL DA LINHA 52 EM NOSSO MUNICÍPIO PARA BUEIRO TUBO ARMCO</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1079/req_083.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1079/req_083.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 083/GV/JSN/2021, REQUER: “ A CONCLUSÃO DOS SERVIÇOS INICIADO NA PONTE DA LINHA 76 KM 06 SOBRE RIO TRINCHEIRA EM NOSSO MUNICÍPIO ”.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1080/req_084.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1080/req_084.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 084/GV/JSN/2021, REQUER:  “ A AQUISIÇÃO DE UM VEICULOS, HODROMÊTROS E REGISTRO DE MANOBRA PARA CAERD DE NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1081/req_085.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1081/req_085.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 085/GV/CCS/2021, REQUER:  “ LIBERAÇÃO DE MADEIRA APREENDIDA PELA SEDAM OU POLICIA FEDERAL PARA RECONSTRUÇÃO DA PONTE SOBRE O RIO PREGÃO NO TRAVESSÃO LH 60 EM NOSSO MUNICÍPIO ”.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1082/req_086.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1082/req_086.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 086/GVS/CCS/PRP/2021, REQUER:  A CONSTRUÇÃO DE 02 (DOIS)             QUEBRA-MOLAS NA RUA SÃO PAULO, UM PROXIMO A QUADRA POLISPORTIVA E OUTRO PROXIMO AO LATICINIOS MONTE VERDE EM NOSSO MUNICIPIO”.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1084/req_087.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1084/req_087.pdf</t>
   </si>
   <si>
     <t>REQUER:  “A LIMPESA NO PÁTIO DO CENTRO DE CONVIVÊNCIA DO IDOSO “VEREADOR JOSÉ NERYS FILHO INCLUÍNDO A ACADEMIA VOLUNTÁRIA”.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1085/req_088docx..pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1085/req_088docx..pdf</t>
   </si>
   <si>
     <t>Requer: “QUE SEJA INSTALADO CÂMERAS DE MONITORAMENTO E SEGURANÇA NO UMS “VEREADOR SAMUEL MARQUES DOS SANTOS EM NOSSO MUNICIPIO”.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1086/req_089.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1086/req_089.pdf</t>
   </si>
   <si>
     <t>REQUER: “QUE SEJA COLOCADO PLANCHAS DESLIZANTES E SUBSTITUIR AS PLANCHAS DANIFICADAS EM TODAS PONTES DE MADEIRAS DE NOSSO MUNICIPIO”.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1087/req_090.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1087/req_090.pdf</t>
   </si>
   <si>
     <t>REQUER: “QUE SEJA DETERMINADO COM URGENCIA O REATERRO NAS CABECEIRAS DOS BUEIROS TUBO ARMCO EXISTENTE AO LONGO DAS ESTRADAS DE NOSSO MUNICIPIO”.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1088/req_91.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1088/req_91.pdf</t>
   </si>
   <si>
     <t>REQUER: “ A VOLTA DO FUNCIONAMENTO DO RAIO X DA UMS (VEREADOR SAMUEL MARQUES DOS SANTOS) EM NOSSO MUNÍCIPIO”.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1089/req_092.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1089/req_092.pdf</t>
   </si>
   <si>
     <t>REQUER:  “ A CONTINUAÇÃO DOS SERVIÇOS DE EXPANSÃO DA REDE DE ENERGIA ELETRICA EM NOSSO MUNICIPIO.”.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1110/req_094.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1110/req_094.docx</t>
   </si>
   <si>
     <t>QUE SEJA INTERDITADO PARTE DA PISTA DA AV. MARECHAL CASTELO BRANCO (DENOMINADO LINHA  58) DAS 18 ÀS 22 HORAS, PARA POPULAÇÃO FAZER CAMINHADA.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1111/req_095.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1111/req_095.docx</t>
   </si>
   <si>
     <t>O DESMEMBRAMENTO DO TURISMO DA SECRETÁRIA MUNICIPAL DE AGRICULTURA PREVISTO NA LEI 939/2019, E UNIFICADO A SECRETÁRIA MUNICIPAL DE EDUCAÇÃO CULTURA E ESPORTES.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1112/req_96.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1112/req_96.docx</t>
   </si>
   <si>
     <t>QUE SEJA FEITO O PATROLAMENTO, CASCALHAMENTO DAS LINHAS VICINAIS 72 E 76 E RECUPERAÇÃO DE PONTES DAS MESMAS EM NOSSO MUNÍCIPIO</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1113/requerimento_097_vereador__adineudo_e_cristiano_-_cedencia_de_carreta-prancha.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1113/requerimento_097_vereador__adineudo_e_cristiano_-_cedencia_de_carreta-prancha.doc</t>
   </si>
   <si>
     <t>REQUER: “CEDÊNCIA DE CARRETA-PRANCHA DO DER PARA TRANSPORTE DE MADEIRA CEDIDA AO MUNICÍPIO DE MIRANTE DA SERRA-RO”.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>QUE SEJA ELABORADO UM PROJETO PARA CONSTRUÇÃO DE ARQUIBANCADA COBERTA, VESTIÁRIOS E CONTRATAR UMA EMPRESA PARA ANALISE DE SOLO NO CAMBO DE FUTEBOL EM NOSSO MUNICIPIO</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1109/req_099.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1109/req_099.pdf</t>
   </si>
   <si>
     <t>A CONVOCAÇÃO DE UMA SESSÃO EXTRAORDINÁRIA APÓS ESSA SESSÃO E QEBRAS DE INTERSTICIO, COM FUNDAMENTO NO ARTIGO 87 INCISO VI DO REGIMENTO INTERNO PARA 2ª VOTAÇÃO DE PROJETOS DE LEIS”.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1153/req_100_docx.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1153/req_100_docx.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 0100/GV/WS/RO/21.  Requer “QUE SEJA COLOCADO UM BUEIRO E LEVANTAR O ATERRO NA RUA AMAZONAS QUE LIGA A VILINHA NO FINAL DA RUA D. PEDRO I EM NOSSA CIDADE".</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1154/req_101_docx.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1154/req_101_docx.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 0101/GV/WS/RO/21.      Requer: “QUE SEJA COLOCADO PLACAS DE INDENTIFICAÇÃO DAS LINHAS VICINAIS E SINALIZAÇÃO ADEQUADA EMFRENTES AS ESCOLAS ESTADUAL E MUNICIPAL EM NOSSO MUNICIPIO”.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 0102/GV/JSN/RO/21.    REQUER: “QUE SEJA FEITO UM QUEBRA-MOLAS NA SAIDA DO ASFALTO DA AV. MARECHAL CASTELO BRANCO EM NOSSA CIDADE”.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1155/req_103_docx.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1155/req_103_docx.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 0103/GV/WS/RO/21.  Requer: “QUE SEJA FEITO 03 BUEIROS COM ELEVAÇÃO DO ATERRO E PATROLAMENTO NOS TRECHOS DO TRAVESSÃO DA LH 81 km 57, ANTIGA CODARON”.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1152/req_104.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1152/req_104.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 00104/MD//RO/21.  REQUER: “A ANTECIPAÇÃO DA SESSÃO ORDINÁRIA DO DIA QUE 23/08/21, PARA SEXTA FEIRA DIA 20/08/2021”.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>EMENDA PARLAMENTAR PARA CONSTRUÇÃO DE PISTA DE CAMINHADA, BOSQUE E QUIOSQUE NO PARQUE DAS CAPIVARAS</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1160/requerimento_106_vereador_adineudo_-_emenda_parlamentar_para_aquisicao_de_emplementos_agricolas.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1160/requerimento_106_vereador_adineudo_-_emenda_parlamentar_para_aquisicao_de_emplementos_agricolas.doc</t>
   </si>
   <si>
     <t>EMENDA PARLAMENTAR PARA AQUISIÇÃO DE EMPLEMENTOS AGRÍCOLAS PARA ATENDIMENTOD DAS ASSOCIAÇÕES DE PRODUTORES RURAIS DO MUNICÍPIO DE MIRANTE DA SERRA</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1161/requerimento_107.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1161/requerimento_107.docx</t>
   </si>
   <si>
     <t>QUE O CIRETRAN SOLICITE JUNTO A POLICIA MILITAR QUE INTENSIFIQUE A RONDA NA AV. CASTELO BRANCO DAS 18 ÀS 21 HORAS</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1168/req_110.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1168/req_110.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 0110/DA/21 REQUER“. QUE SEJA FEITO O PATROLAMENTO CASCALHAMENTO E RECUPERAÇÃO DA PONTO NO TRAVESSÃO DO FINAL DA AV JORGE TEIXEIRA, LADO ESQUERDO QUE DA ACESSO AOS CHACAREIROS EM NOSSO MUNIPIO”.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1169/req_0111.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1169/req_0111.pdf</t>
   </si>
   <si>
     <t>REQUER: “O PATROLAMENTO E CASCALHAMENTO DO TRAVESSÃO ADVENTISTA NA LINHA ELETRONICA”.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1185/req_113.docx.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1185/req_113.docx.pdf</t>
   </si>
   <si>
     <t>"REQUER QUE SEJA FEITO DRENAGEM E COLOCAR BUEIRO DE TUBO CORRUGADO NA AV RIO BRANCO PROXIMO AO CLUBE PIONEIRO EM NOSSA CIDADE”.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1186/req_0114.docx.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1186/req_0114.docx.pdf</t>
   </si>
   <si>
     <t>"REQUER DENTRO DAS POSSIBILIDADES LEGAIS QUE INTERCEDA JUNTO AO ORGÃO COMPETENTE DESTE MUNICIPIO PARA QUE A PC POSSA ESCAVAR CASCALHO PARA CASCALHAR AS RUAS E ESTRADAS VICINAIS EM NOSSO MUNICIPIO”.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1187/req_115.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1187/req_115.docx</t>
   </si>
   <si>
     <t>"REQUERIMENTO Nº 115/2021 "REQUER QUE SEJA FEITO MAIS UM BUEIRO NA LINHA ELETRÔNICA UM QUILOMÊTRO ANTES DA LINHA 76".</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1195/req_116.docx.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1195/req_116.docx.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 0116/GV/DA/RO/21.                 _x000D_
 REQUER; “A REMOÇÃO DO VEICULO TIPO CAMINHÃO MARCA FORD CARGO 2423, PLACA NDP-9937 DO PÁTIO DA OFICINA DO POPULAR Gaúcho PARA A GARAGEM MUNICIPAL”.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>Cristiano Correa da Silva "Kiti do Esporte"</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1196/req_117.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1196/req_117.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 0117/GV/CCS/RO/21.               _x000D_
 REQUER: “QUE SEJA FEITO A RECUPERAÇÃO DA PONTE SOBRE O RIO PREGÃO NO TRAVESSÃO DA LINHA 60 QUE LIGA A LINHA 81 EM NOSSO MUNICIPIO”.</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1213/mazin_01.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1213/mazin_01.docx</t>
   </si>
   <si>
     <t>REQUER: “QUE SEJA FEITO O PATROLAMENTO EM TODO O ASSENTAMENTO E RECUPERAÇÃO DE TODAS AS PONTES DO ASSENTAMENTO PADRE EZEQUIEL.”.</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1214/mazin_02.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1214/mazin_02.docx</t>
   </si>
   <si>
     <t>REQUER: “QUE SEJA FEITO O UMA FAIXA DE PEDRESTRE NA RUA BRASIL ESQUINA COM A RUA PRINCESA IZABEL, EM FRENTE A SORVETERIA BRASIL”.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1215/mazin_03.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1215/mazin_03.docx</t>
   </si>
   <si>
     <t>REQUER: “QUE SEJA COLOCADO UMA CORTINA EM UMA PORTA NA SALA DO PRONTO SOCORRO NA UNIDADE MISTA DE SAÚDE SAMUEL MARQUES”.</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1239/requerimento_vereador_-_presidente_adineudo_-.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1239/requerimento_vereador_-_presidente_adineudo_-.doc</t>
   </si>
   <si>
     <t>REQUER: “QUE  SEJA FEITO A RECUPERAÇÃO_x000D_
                                                                   DOS BLOQUETES DA RUA 28 DE NOVEMBRO_x000D_
                                                                  NO   TRECHO   ENTRE   A   RUA   PARANÁ   E_x000D_
                                                                  AVENIDA DOS MIGRANTES</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1240/requerimento_mazin__jose_roberto.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1240/requerimento_mazin__jose_roberto.docx</t>
   </si>
   <si>
     <t>REQUER: “QUE SEJA CONVOCADO O SENHOR JOSÉ ROBERTO FRANÇA DE ANDRADE  SECRETARIO MUNICIPAL DA PREFEITURA DE MIRANTE DA SERRA-RO, PARA A SESSÃO ORDINÁRIA DO DIA 11 DE OUTUBRO DE 2021</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1241/requerimento_mazin_glauciano.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1241/requerimento_mazin_glauciano.docx</t>
   </si>
   <si>
     <t>REQUER: “QUE SEJA CONVOCADO O SENHOR GLAUCIANO DE ASSIS DA SILVA PRESIDENTE DA CPL DA PREFEITURA MUNICIPAL DE MIRANTE DA SERRA-RO, PARA A SESSÃO ORDINÁRIA DO DIA 11 DE OUTUBRO DE 2021.”.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1243/req_0127_hilton.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1243/req_0127_hilton.docx</t>
   </si>
   <si>
     <t>REQUER: “QUE SEJA FEITO UM ATERRO EM UM BUEIRO LOCALIZADO NA RUA D. PEDRO I, ENTRE A RUA EDSON DUARTE E A RUA ARQUIMEDES FERNANDES EM NOSSA CIDADE”.</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1244/req_0128_hilton.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1244/req_0128_hilton.docx</t>
   </si>
   <si>
     <t>REQUER: “QUE SEJA FEITO A RECUPERAÇÃO DAS CALÇADAS NAS RUAS DE NOSSA CIDADE”.</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1245/requerimento_martinho.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1245/requerimento_martinho.docx</t>
   </si>
   <si>
     <t>REQUER: “INFORMAÇÕES SOBRE EMISSÃO DE LICENÇA DE PSICULTURA EM NOSSO MUNICIPIO”.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1259/req_130.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1259/req_130.pdf</t>
   </si>
   <si>
     <t>Requer "Reativação do Centro Cirúrgico do Hospital Municipal Samuel Marques dos Santos em nosso Munícipio"</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1264/req_131.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1264/req_131.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 0131/GV/AA/21 Requer "Que seja adquirido sacos de massa asfáltica frio para tapar buracos no asfalto das Ruas de Nossa Cidade"</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1265/req_0132_hilton.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1265/req_0132_hilton.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 0132/GV/HEP/21 Requer "Que seja disponibilizado pelo menos 03 ônibus para fazer transporte de pessoas até ao cemitério n dia de finados"</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1271/requerimento_daniel_andrade_2021.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1271/requerimento_daniel_andrade_2021.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 133/GV/DA/2021, Requer "Que seja feito alterações no Projeto de Lei nº 1104/2021, PPA 2022-2025".</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1274/requerimento_vereador_-_presidente_adineudo_-.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1274/requerimento_vereador_-_presidente_adineudo_-.doc</t>
   </si>
   <si>
     <t>Requerimento nº 134/GV/AA/2021 Requer "Alimentação para os acompanhantes dos pacientes debilitados da Hemodiálise"</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>Paulo Roberto da Paixão</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1275/req_135.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1275/req_135.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 0135/GVs/PRP/AA/21  Requer: “que seja feito uma drenagem no travessão que liga a linha sessenta e seis na linha setenta em nosso Município”.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1289/req_136.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1289/req_136.pdf</t>
   </si>
   <si>
     <t>Requer; “A Disponibilidade de uma patrola para fazer limpeza e patrolamento nas Ruas do Setor 02, sentido ao Hospital e o Laticínio Monte Verdes em nosso Município"</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1290/req_0137_hilton.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1290/req_0137_hilton.pdf</t>
   </si>
   <si>
     <t>Requer “que seja feito um Leilão dos Bens Inservível (sucatas) localizado na Garagem Municipal de nosso Município”.</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1291/requerimento__adineudo_138.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1291/requerimento__adineudo_138.pdf</t>
   </si>
   <si>
     <t>Requer: “Que seja feito manutenção em uma ponte de acesso a casa do Senhor Dione dos Reis Pereira na linha 56”.</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1292/requerimento__adineudo_139.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1292/requerimento__adineudo_139.pdf</t>
   </si>
   <si>
     <t>Requer: “Que seja colocado 02 tubos ármicos ou corrugados no Rio Urupá  na Linha 66”.</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1293/req_140.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1293/req_140.pdf</t>
   </si>
   <si>
     <t>Requer "Que seja Patrolado um carreador na linha 60 Km 04"</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1294/req_141.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1294/req_141.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 0141/GV/DA/RO/21. Requer "Aquisição de Insumos (Reagente) para fazer os Exames no Laboratório Clinico do Hospital Municipal”.</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1295/requerimento__adineudo_142.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1295/requerimento__adineudo_142.docx</t>
   </si>
   <si>
     <t>Requer: “Que seja Concedido 10 (dez) Km de Recapeamento de Asfalto em nossa Cidade”.</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1296/requerimento__adineudo_143.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1296/requerimento__adineudo_143.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 143/GV/AA/RO/2021.    Requer: “A Disponibilidade do Programa “Defensoria em Movimento” Para atender essa Municipalidade”.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1297/req_144.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1297/req_144.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 0144/GV/DA/RO/21, Requer "Que seja elaborado um Projeto de Lei dentro dos limites constitucional para fixar o piso salarial dos servidores de nível elementar, fundamental e médio de nosso Município".</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1298/requerimento_mazinho_145.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1298/requerimento_mazinho_145.pdf</t>
   </si>
   <si>
     <t>QUE DETERMINE UMA FISCALIZAÇÃO NOS MEDIDORES DE ENERGISA EM NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1314/requerimento_146_000147.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1314/requerimento_146_000147.pdf</t>
   </si>
   <si>
     <t>REQUE "A REGULAMENTAÇÃO E CUMPRIMENTO DA LEI MUNICIPAL Nº 1120/2021".</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1312/req_0147_hilton.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1312/req_0147_hilton.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 0147/GV/HEP/RO/21. Requer “que seja feito as saídas de águas e cascalhamento nos pontos críticos de todas a linhas de nosso Município ”.</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1313/requerimento_148.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1313/requerimento_148.pdf</t>
   </si>
   <si>
     <t>A CONVOCAÇÃO DO VICE-PREFEITO PARA COMPARECER NA SESSÃO DIA 29/11/2021, PARA DAR EXPLICAÇÕES SOBRE A ADMINISTRAÇÃO, COM DIREITO DE PERGUNTAS POR PARTE DOS VEREADORES QUE SENTIR NECESSIDADE”.</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1335/requerimento_150-2021__adineudo.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1335/requerimento_150-2021__adineudo.pdf</t>
   </si>
   <si>
     <t>QUE SEJA IMPLEMENTADA A INSTALAÇÃO DO TERMINAL RODOVIÁRIO EM NOSSA CIDADE</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1334/requerimento__151.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1334/requerimento__151.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FORNECIDO MÁSCARA NA RECEPÇÃO DA UNIDADE MISTA DE SAÚDE SAMUEL MARQUES DOS SANTOS AOS USUÁRIOS DO SUS QUE NÃO POSSUÍREM MASCARA NO MOMENTO DO SEU ATENDIMENTO</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1371/requerimento_willian_153.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1371/requerimento_willian_153.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE SISTEMA DE_x000D_
 MONITORAMENTO NAS RUAS DE_x000D_
 NOSSA CIDADE</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1372/requerimento_willian_154.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1372/requerimento_willian_154.pdf</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE UM ALAMBRADO,_x000D_
 ATRÁS DAS TRAVES NO CAMPO DE_x000D_
 FUTEBOL MUNICIPAL</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1366/requerimento_adineudo_2019.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1366/requerimento_adineudo_2019.pdf</t>
   </si>
   <si>
     <t>“A DOAÇÃO DO PRÉDIO DA BIBLIOTECA_x000D_
 MUNICIPAL ANTÔNIO VIEIRA SOBRINHO,_x000D_
 PARA O OBSERVATÓRIO DA CULTURA_x000D_
 INDÍGENA EM RONDÔNIA</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1376/requerimento__156.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1376/requerimento__156.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITO UM TAPA BURACOS NA_x000D_
 RUA DOS SERINGUEIROS, ENTRE AS_x000D_
 AVENIDAS BRASIL E RIO BRANCO</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1367/requerimento_willian_2021.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1367/requerimento_willian_2021.pdf</t>
   </si>
   <si>
     <t>“QUE SEJA FEITO MANUTENÇÃO NA_x000D_
 ILUMINAÇÃO E LIMPEZA NO CEMITÉRIO_x000D_
 COMUNITÁRIO DE NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>I N D</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1083/indicacao.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1083/indicacao.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 001/GVS/2021, INDICA: “AO SETOR DE EPIDEMIOLOGIA PARA QUE SEJA FEITO A VACINAÇÃO CONTRA COVID-19 DOS TRABALHADORES DA EMPRESA DE TRANSPORTE ESCOLAR TERCEIRIZADOS”.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer CPMP</t>
   </si>
   <si>
     <t>CPMP - COMISSÃO PERMANENTE DE MEIO AMBIENTE E PESCA</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1031/meio_ambiente_e_pesca_no01-2021.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1031/meio_ambiente_e_pesca_no01-2021.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 001/2021, DA COMISSÃO PERMANENTE DE MEIO AMBIENTE E PESCA AO PROJETO DE LEI Nº 1067/2021.</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1134/meio_ambiente_e_pesca.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1134/meio_ambiente_e_pesca.doc</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1093/2021, “ABRE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE COM CRIAÇÃO DE PROJETO/AÇÃO CV Nº 026/PGE/2021 PARA AQUISIÇÃO DE UM VEÍCULO UTILITÁRIO TIPO PIC-UP, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1141/meio_ambiente_e_pesca.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1141/meio_ambiente_e_pesca.doc</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1095/2021, “ABRE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE COM CRIAÇÃO DE PROJETO/AÇÃO CV PARA AQUISIÇÃO DE EQUIPAMENTOS – TRATOR DE PNEUS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1183/meio_ambiente_e_pesca.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1183/meio_ambiente_e_pesca.doc</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1106/2021, “ABRE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE COM CRIAÇÃO DE PROJETO/AÇÃO CV PARA AQUISIÇÃO DE EQUIPAMENTO E IMPLEMENTOS AGRÍCOLA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1200/meio_ambiente_e_pesca.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1200/meio_ambiente_e_pesca.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1107/2021, “ABRE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE COM CRIAÇÃO DE PROJETO/AÇÃO AQUISIÇÃO DE EQUIPAMENTOS E IMPLEMENTOS AGRÍCOLAS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1208/meio_ambiente_e_pesca.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1208/meio_ambiente_e_pesca.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1111/2021, “ABRE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE COM CRIAÇÃO DE PROJETO/AÇÃO – CV PARA AQUISIÇÃO DE MÁQUINAS EQUIPAMENTOS AGRÍCOLAS, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1224/meio_ambiente_e_pesca.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1224/meio_ambiente_e_pesca.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1083/2021, “CRIA A POLÍTICA MUNICIPAL DE GESTÃO DE RESÍDUOS SÓLIDOS DO MUNICÍPIO DE MIRANTE DA SERRA – RO”.</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1257/meio_ambiente_e_pesca.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1257/meio_ambiente_e_pesca.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1117/2021, “ABRE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE COM CRIAÇÃO DE PROJETO/AÇÃO AQUISIÇÃO DE EQUIPAMENTOS AGRÍCOLAS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1342/meio_ambiente_e_pesca.doc_09.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1342/meio_ambiente_e_pesca.doc_09.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1104/2021, “INSTITUI O PLANO PLURIANUAL – PPA DO MUNICÍPIO DE MIRANTE DA SERRA – RO, PARA O QUADRIÊNIO 2022-2025, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1350/meio_ambiente_e_pesca.doc_10.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1350/meio_ambiente_e_pesca.doc_10.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1105/2021, “DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE MIRANTE DA SERRA PARA O EXERCÍCIO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1365/meio_ambiente_e_pesca.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1365/meio_ambiente_e_pesca.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1127/2021, “ESTIMA A RECEITA E FIXA DESPESAS_x000D_
 DO ORÇAMENTO FISCAL DO MUNICÍPIO DE MIRANTE DA SERRA PARA O_x000D_
 EXERCÍCIO FINANCEIRO DE 2022</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>Parecer CPOSP</t>
   </si>
   <si>
     <t>PARECER N°001/2021 DA COMISSÃO PERMANENTE DE OBRAS E SERVIÇOS PÚBLICOS, AO PROJETO DE LEI N°1055/2021.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
     <t>PARECER Nº002/2021, DA COMISSÃO PERMANENTE DE OBRAS E SERVIÇOS PÚBLICOS AO PROJETO DE LEI Nº1071/2021.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>CPOF - COMISSAO PERMANENTE DE ORÇAMENTOS E FINANÇAS</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1033/obras_e_servicos_publicos_03-2021.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1033/obras_e_servicos_publicos_03-2021.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 003/2021, DA COMISSÃO PERMANENTE DE OBRAS E SERVIÇOS PÚBLICOS AO PROJETO DE LEI Nº 1067/2021.</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO PERMANENTE DE OBRAS E SERVIÇOS PÚBLICOS Nº 004/2021 AO PROJETO DE LEI Nº 1079/2021</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1133/obras_e_servicos_publicos.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1133/obras_e_servicos_publicos.doc</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1091/2021, “DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR SUPERÁVIT FINANCEIRO NO EXERCÍCIO ANTERIOR COM CRIAÇÃO DE ELEMENTO DE DESPESA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1101/2021, “DISPÕE SOBRE ABERTURA DE CRÉDITO ESPECIAL POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE – ALTERAÇÃO NA LOA – LEI ORÇAMENTÁRIA ANUAL PARA O EXERCÍCIO DE 2021, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1184/obras_e_servicos_publicos.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1184/obras_e_servicos_publicos.doc</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1103/2021, “DISPÕE SOBRE ABERTURA DE CRÉDITO ESPECIAL ATRAVÉS DE REMANEJAMENTO NOS MOLDES DA LEI Nº 677 DE 28 DE MAIO DE 2014, (REGULAMENTA REMANEJAMENTO, TRANSPOSIÇÃO E TRANSFERÊNCIA), E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1108/2021, “DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR SUPERÁVIT FINANCEIRO NO EXERCÍCIO ANTERIOR, COM CRIAÇÃO DE ELEMENTO DE DESPESA, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1225/obras_e_servicos_publicos.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1225/obras_e_servicos_publicos.pdf</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1256/obras_e_servicos_publicos.doc_.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1256/obras_e_servicos_publicos.doc_.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1116/2021, “ABRE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE COM CRIAÇÃO DE PROJETO/AÇÃO CONSTRUÇÃO DA GARAGEM MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1331/obras_e_servicos_publicos.doc_11.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1331/obras_e_servicos_publicos.doc_11.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1130/2021, “DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL ATRAVÉS DE REMANEJAMENTO NOS MOLDES DA LEI Nº 677 DE 28 DE MAIO DE 2014, (REGULAMENTA REMANEJAMENTO, TRANSPOSIÇÃO E TRANSFERÊNCIA), E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1332/obras_e_servicos_publicos.doc_12.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1332/obras_e_servicos_publicos.doc_12.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1133/2021, “DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR SUPERÁVIT FINANCEIRO NO EXERCÍCIO ANTERIOR COM CRIAÇÃO DE ELEMENTO DE DESPESA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1333/obras_e_servicos_publicos.doc_13.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1333/obras_e_servicos_publicos.doc_13.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1134/2021, “ABRE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE COM CRIAÇÃO DE PROJETO/AÇÃO CV Nº 125/2021/PJ/DER-RO PARA AQUISIÇÃO DE INSUMOS DESTINADOS A CONFECÇÃO DE BLOCOS SEXTAVADOS DE CONCRETO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1341/obras_e_servicos_publicos.doc14.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1341/obras_e_servicos_publicos.doc14.pdf</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1349/obras_e_servicos_publicos_15.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1349/obras_e_servicos_publicos_15.pdf</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
     <t>CPESAS - COMISSÃO PERMANENTE DE EDUC SAÚDE E ASSIST.  SOCIAL</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1364/obras_e_servicos_publicos.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1364/obras_e_servicos_publicos.pdf</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1892/parecer_cposp_020.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1892/parecer_cposp_020.pdf</t>
   </si>
   <si>
     <t>._x000D_
 _x000D_
 _x000D_
              AO PROJETO DE LEI Nº 1.220/2022, “ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE MIRANTE DA SERRA – RO, PARA O EXERCÍCIO FINANCEIRO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>Parecer CPJR</t>
   </si>
   <si>
     <t>Parecer ao Projeto de Lei nº 1053/2021.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>PARECER N°002/2021, DA COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO , AO PROJETO DE LEI N°1055/2021</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>PARECER N°003/2021 DA COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI N°1056/2021.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>PARECER N°004/2021, DA COMISSÃO  PERMANENTE DE JUSTIÇA E REDAÇÃO , AO PROJETO DE LEI N°1057/2021.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>PARECER N°005/2021 DA COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO , AO PROJETO DE LEI N° 1058/2021.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>PARECER N°006/2021 DA COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI N°1059/2021.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/898/cpjr_007.021.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/898/cpjr_007.021.pdf</t>
   </si>
   <si>
     <t>LEITURA DO PARECER N°007/2021, DA COMISSÃO PERMANENTE JUSTIÇA E REDAÇÃO , AO PROJETO DE LEI N°1060/2021.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/899/cpjr_008.021.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/899/cpjr_008.021.pdf</t>
   </si>
   <si>
     <t>PARECER N°008/2021, DA COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO , AO PROJETO DE LEI N°1061/2021.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/916/cpjr_009.021.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/916/cpjr_009.021.pdf</t>
   </si>
   <si>
     <t>PARECER N° 009/2021 DA COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI N°162/2021.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/919/cpjr_010.021.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/919/cpjr_010.021.pdf</t>
   </si>
   <si>
     <t>PARECER N°010/2021, DA COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI N° 163/2021.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>PARECER N° 011/2021 DA COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO PROJETO DE RESOLUÇÃO LEGISLATIVA N°061/2021.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>PARECER N° 012/2021 DA COMISSÃO PERMANENTE JUSTIÇA E REDAÇÃO  AO PROJETO DE LEI N°164/GV/AA/2021.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>PARECER N°013/2021 DA COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI N°1063/2021.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>LEITURA DO PARECER Nº 014/2021, DA COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI Nº 1064/2021.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>PARECER N° 015/2021, DA COMISSÃO PERMANENTE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI N° 1065/2021.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/967/cpjr_n16.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/967/cpjr_n16.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 016/2021, DA COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI Nº 1066/2021.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>CPJR - COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI DO LEGISLATIVO Nº 165/GV/MFS/2021</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>PARECER Nº019/2021, DA COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI  Nº166/GVs/AA/DA/2021</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>PARECER Nº020/2021, DA COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI Nº167/GV/HEP/2021.</t>
   </si>
@@ -3246,1323 +3246,1323 @@
   <si>
     <t>PARECER Nº22/2021, DA COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI Nº1070/2021</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>PARECER Nº023/2021, DA COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI Nº1071/2021.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>PARECER Nº 024/2021, DA COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI Nº 168/JSN/DA/2021</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>PARECER Nº 025/2021, DA COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI Nº 1072/2021.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1027/parecer_26-2021.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1027/parecer_26-2021.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 026/2021, DA COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI Nº 169/GVS/HEP/LBS/2021</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1028/parecer_27-2021.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1028/parecer_27-2021.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 027/2021, DA COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI Nº 1067/2021.</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1055/justica_e_redacao.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1055/justica_e_redacao.doc</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1073/2021, “DISPÕE SOBRE A REVISÃO ANUAL DOS VENCIMENTOS DOS SERVIDORES MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1056/justica_e_redacao.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1056/justica_e_redacao.doc</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1078/2021, “AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE, PROVENIENTE DO REPASSE FUNDO A FUNDO NO VALOR DE R$ 180.000,00 (CENTO E OITENTA MIL REAIS), E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1059/parecer_portal_jr.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1059/parecer_portal_jr.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 030/2021 COMISSÃO PERMANENETE DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI 1075/2021.</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1062/parecer_portal.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1062/parecer_portal.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO Nº031/2021 AO PROJETO DE LEI Nº 1077/2021</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1064/parecer_pdf.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1064/parecer_pdf.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO Nº 032/2021 AO PROJETO DE LEI Nº 1079/2021</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1074/parecer_portal_jr.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1074/parecer_portal_jr.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 033/2021 DA COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI Nº 1080/2021.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1076/parecer_portal_jr.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1076/parecer_portal_jr.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 034/2021 DA COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI Nº 1081/2021.</t>
   </si>
   <si>
     <t>CPU - COMISSÃO PERMANETE UNIFICADO</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1097/parecer_portal.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1097/parecer_portal.pdf</t>
   </si>
   <si>
     <t>PARECER E VOTO DA COMISSÃO Nº 024/2021 AO PROJETO DE LEI Nº 1094/2021, “DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL ATRAVÉS DE REMANEJAMENTO NOS MOLDES DA LEI Nº 677 DE 28 DE MAIO DE 2014, (REGULAMENTA REMANEJAMENTO, TRANSPOSIÇÃO E TRANSFERÊNCIA), E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1115/willian_sanches.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1115/willian_sanches.docx</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1085/2021, “INSTITUI O PLANO DE AMORTIZAÇÃO PARA EQUACIONAMENTO DO DÉFICIT ATUARIAL DO SERRA PREVI-INSTITUTO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE MIRANTE DA SERRA, CONFORME DIRETRIZES EMANADAS PELA PORTARIA MPS Nº 403/2008 E SUAS ALTERAÇÕES, ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 727/2015, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1087/2021, “DISPÕE SOBRE O ACRÉSCIMO DO § 3º, AO ART. 12 E ALTERAÇÃO DO ANEXO XLVIII, AMBOS DA LEI 1.015/2020, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1088/2021, “AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE PROVENIENTE DO REPASSE CO-FINANCIAMENTO ESTADUAL NO VALOR DE R$ 150.800,00 (CENTO E CINQUENTA MIL E OITOCENTOS REAIS), E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1117/cpjr.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1117/cpjr.docx</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1089/2021, “DISPÕE SOBRE A CRIAÇÃO DE ELEMENTO DE DESPESA PARA ATENDER A SECRETARIA MUNICIPAL DE TRABALHO E ASSISTÊNCIA SOCIAL, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1118/cpjr.docx</t>
-[...2 lines deleted...]
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1119/cpjr.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1118/cpjr.docx</t>
+  </si>
+  <si>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1119/cpjr.docx</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1092/2021, “DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL ATRAVÉS DE REMANEJAMENTO NOS MOLDES DA LEI Nº 677 DE 28 DE MAIO DE 2014, (REGULAMENTA REMANEJAMENTO, TRANSPOSIÇÃO E TRANSFERÊNCIA), E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1120/cpjr.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1120/cpjr.docx</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1098/2021, “DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR SUPERÁVIT FIANCEIRO NO EXERCÍCIO ANTERIOR, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1121/cpjr.docx</t>
-[...2 lines deleted...]
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1135/justica_e_redacao.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1121/cpjr.docx</t>
+  </si>
+  <si>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1135/justica_e_redacao.doc</t>
   </si>
   <si>
     <t>AO PROJETO DE RESOLUÇÃO Nº 062/MD/CMMS/2021, “DISPÕE SOBRE A FILIAÇÃO DA CÂMARA MUNICIPAL DE MIRANTE DA SERRA – RO, À UNIÃO DE CÂMARAS E VEREADORES DE RONDÔNIA UCAVER</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1143/comissao_perm.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1143/comissao_perm.docx</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1144/comissao_perm.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1144/comissao_perm.docx</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1096/2021, “ABRE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE COM CRIAÇÃO DE PROJETO/AÇÃO CV PARA CONSTRUÇÃO DE QUADRA ESPORTIVA COM GRAMA SINTÉTICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1145/comissao_perm.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1145/comissao_perm.docx</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1097/2021, “AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE, PROVENIENTE DO REPASSE FUNDO A FUNDO NO VALOR DE R$ 350.000,00 (TREZENTOS E CINQUENTA MIL REAIS), E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1146/comissao_perm.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1146/comissao_perm.docx</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1074/2021, “AUTORIZA O PODER EXECUTIVO MUNICIPAL, A FIRMAR CONVÊNIO COM A PROMOVIDA (ASSOCIAÇÃO PARA PROMOÇÃO DA VIDA, DIGNIDADE E ESPERANÇA DO ANCIÃO) E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1162/justica_e_redacao.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1162/justica_e_redacao.doc</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1170/justica_e_redacao.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1170/justica_e_redacao.doc</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1099/2021, “DISPÕE SOBRE ALTERAÇÕES NO ART. 5º, DA LEI 296/2004, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1179/justica_e_redacao.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1179/justica_e_redacao.doc</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1180/justica_e_redacao.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1180/justica_e_redacao.doc</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1232/justica_e_redacao233.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1232/justica_e_redacao233.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1100/2021, “DISPÕE SOBRE AUTORIZA CONCESSÃO DE USO DE ESPAÇO PÚBLICO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1198/justica_e_redacao.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1198/justica_e_redacao.pdf</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1201/justica_e_redacao...pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1201/justica_e_redacao...pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1108/2021, “DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR SUPERÁVIT FINANCEIRO NO EXERCÍCIO ANTERIOR, COM CRIAÇÃO DE ELEMENTO DE DESPESA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1205/justica_e_redacao2.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1205/justica_e_redacao2.pdf</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1209/justica_e_redacao02.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1209/justica_e_redacao02.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1112/2021, “AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE, PROVENIENTE DO REPASSE FUNDO A FUNDO NO VALOR DE R$ 240.000,00 (DUZENTOS E QUARENTA MIL REAIS), E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1220/justica_e_redacao.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1220/justica_e_redacao.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1083/2021, “CRIA A POLÍTICA MUNICIPAL DE GESTÃO DE RESÍDUOS SÓLIDOS DO MUNICÍPIO DE MIRANTE DA SERRA</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1221/justica_e_redacao_1.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1221/justica_e_redacao_1.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1084/2021, “INSTITUI O PROGRAMA DE APOIO FINANCEIRO ESCOLAR – PROAFE, PARA DISPONIBILIZAÇÃO DE RECURSOS MEDIANTE CONVÊNIO, ÀS UNIDADES ESCOLARES URBANAS E RURAIS DO SISTEMA MUNICIPAL DE ENSINO, ORIENTAR SUA IMPLANTAÇÃO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1222/justica_e_redacao_2.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1222/justica_e_redacao_2.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1113/2021, “AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR IMÓVEL URBANO AO GOVERNO DO ESTADO DE RONDÔNIA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1223/justica_e_redacao_3.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1223/justica_e_redacao_3.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 170/MD/CMMS/2021, AUTORIZA A CÂMARA MUNICIPAL DE MIRANTE DA SERRA/RO A ADQUIRIR ÁREA URBANA.</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1234/justica_e_redacao.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1234/justica_e_redacao.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1114/2021, “DISPÕE SOBRE ABERTURA DE CRÉDITO ESPECIAL ATRAVÉS DE REMANEJAMENTO NOS MOLDES DA LEI Nº 677 DE 28 DE MAIO DE 2014, (REGULAMENTA REMANEJAMENTO, TRANSPOSIÇÃO E TRANSFERÊNCIA), E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1235/justica_e_redacao.pdf23.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1235/justica_e_redacao.pdf23.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1115/2021, “AUTORIZA O PODER EXECUTIVO MUNICIPAL, A FIRMAR CONVÊNIO COM A ASSOCIAÇÃO DE ÁRBITROS DE NOVA UNIÃO – RO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1247/justica_e_redacao.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1247/justica_e_redacao.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1109/2021, “INSTITUI O REGIME DE PREVIDÊNCIA COMPLEMENTAR NO ÂMBITO DO MUNICIPIO DE MIRANTE DA SERRA; FIXA O LIMITE MÁXIMO PARA CONCESSÃO DE APOSENTADORIAS E PENSÕES PELO REGIME DE PREVIDÊNCIA DE QUE TRATA O ART. 40 DA CONSTITUIÇÃO FEDERAL; AUTORIZA A ADESÃO A PLANO DE BENEFÍCIOS DE PREVIDÊNCIA COMPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1248/justica_e_redacao_65.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1248/justica_e_redacao_65.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1110/2021, “AUTORIZA A DISPONIBILIZAÇÃO DE ÔNIBUS DO TRANSPORTTE ESCOLAR PARA O DEPARTAMENTO DE ESPORTE E CULTURA DO MUNICÍPIO DE MIRANTE DA SERRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1249/justica_e_redacao_66.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1249/justica_e_redacao_66.pdf</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1250/justica_e_redacao_67.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1250/justica_e_redacao_67.pdf</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1266/justica_e_redacao.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1266/justica_e_redacao.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE RESOLUÇÃO LEGISLATIVA Nº 063/GP/AA/2021, “CONCEDE TÍTULO DE CIDADÃO HONORÍFICO AO EXMO. SR. DR. LEOBALDO ALVES DE JESUS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1267/justica_e_redacao.pdf_69.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1267/justica_e_redacao.pdf_69.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1118/2021, “DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL ATRAVÉS DE REMANEJAMENTO NOS MOLDES DA LEI Nº 677 DE 28 DE MAIO DE 2014, (REGULAMENTA REMANEJAMENTO, TRANSPOSIÇÃO E TRANSFERÊNCIA) E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1268/justica_e_redacao.pdf_70.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1268/justica_e_redacao.pdf_70.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1119/2021, “AUTORIZA O MUNICÍPIO DE MIRANTE DA SERRA A ADQUIRIR ÁREA URBANA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1278/justica_e_redacao.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1278/justica_e_redacao.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1122/2021, “DISPÕE SOBRE A CRIAÇÃO DE ELEMENTO DE DESPESA PARA ATENDER O PROJETO AÇÃO CV Nº 239/PGE/2020 PARA AQUISIÇÃO DE UMA AMBULÂNCIA TIPO A DE SIMPLES REMOÇÃO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1279/justica_e_redacao_72.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1279/justica_e_redacao_72.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1123/2021, “DISPÕE SOBRE A CRIAÇÃO DE ELEMENTO DE DESPESA PARA ATENDER O PROGRAMAÇÃO MANUTENÇÃO E ATIVIDADES DO QUOTA/SALÁRIO EDUCAÇÃO, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1280/justica_e_redacao_73.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1280/justica_e_redacao_73.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1125/2021, “DISPÕE SOBRE ABERTURA DE CRÉDITO ESPECIAL ATRAVÉS DE TRANSFERÊNCIA NOS MOLDES DA LEI Nº 677 DE 28 DE MAIO DE 2014, (REGULAMENTA REMANEJAMENTO, TRANSPOSIÇÃO E TRANSFERÊNCIA), E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1281/justica_e_redacao_74.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1281/justica_e_redacao_74.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1126/2021, “AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE, PROVENIENTE DO REPASSE FUNDO A FUNDO NO VALOR DE R$ 627.459,00 (SEISCENTOS E VINTE E SETE MIL E QUATROCENTOS E CINQUENTA E NOVE REAIS), E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1299/justica_e_redacao.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1299/justica_e_redacao.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1121/2021, “AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR IMÓVEL URBANO AO GOVERNO DO ESTADO DE RONDÔNIA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1300/justica_e_redacao_76.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1300/justica_e_redacao_76.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1124/2021, “DISPÕE SOBRE ABERTURA DE CRÉDITO ESPECIAL ATRAVÉS DE REMANEJAMENTO NOS MOLDES DA LEI Nº 677 DE 28 DE MAIO DE 2014, (REGULAMENTA REMANEJAMENTO, TRANSPOSIÇÃO E TRANSFERÊNCIA), E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1301/justica_e_redacao_77.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1301/justica_e_redacao_77.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1128/2021, “DISPÕE SOBRE ABERTURA DE CRÉDITO ESPECIAL ATRAVÉS DE REMANEJAMENTO NOS MOLDES DA LEI Nº 677 DE 28 DE MAIO DE 2014, (REGULAMENTA REMANEJAMENTO, TRANSPOSIÇÃO E TRANSFERÊNCIA), E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1316/justica_e_redacao_78.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1316/justica_e_redacao_78.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1129/2021, “ABRE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE COM CRIAÇÃO DE PROJETO/AÇÃO CV Nº 151/PGE-2021 PARA AQUISIÇÃO DE AMBULÂNCIA TIPO C., E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1317/justica_e_redacao.doc_79.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1317/justica_e_redacao.doc_79.pdf</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1318/justica_e_redacao.doc_80.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1318/justica_e_redacao.doc_80.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1131/2021, “AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE, PROVENIENTE DO REPASSE FEDERAL FUNDO A FUNDO NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1319/justica_e_redacao.doc81.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1319/justica_e_redacao.doc81.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1132/2021, “DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL ATRAVÉS DE REMANEJAMENTO NOS MOLDES DA LEI Nº 677 DE 28 DE MAIO DE 2014, (REGULAMENTA REMANEJAMENTO, TRANSPOSIÇÃO E TRANSFERÊNCIA), E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1320/justica_e_redacao.doc_82.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1320/justica_e_redacao.doc_82.pdf</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1321/justica_e_redacao.doc83.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1321/justica_e_redacao.doc83.pdf</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1338/justica_e_redacao_84.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1338/justica_e_redacao_84.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1104/2021, “INSTITUI O PLANO PLURIANUAL – PPA DO MUNICÍPIO DE MIRANTE DA SERRA – RO, PARA O QUADRIÊNIO 2022-2025, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1346/justica_e_redacao.doc_85.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1346/justica_e_redacao.doc_85.pdf</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1353/justica_e_redacao.doc86.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1353/justica_e_redacao.doc86.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1135/2021, “DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL ATRAVÉS DE REMANEJAMENTO NOS MOLDES DA LEI Nº 677 DE 28 DE MAIO DE 2014, (REGULAMENTA REMANEJAMENTO, TRANSPOSIÇÃO E TRANSFERÊNCIA), E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1356/justica_e_redacao_87.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1356/justica_e_redacao_87.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1136/2021, “DISPÕE SOBRE A ABERTURA DE_x000D_
 CRÉDITO ESPECIAL ATRAVÉS DE REMANEJAMENTO NOS MOLDES DA LEI Nº_x000D_
 677 DE 28 DE MAIO DE 2014, (REGULAMENTA REMANEJAMENTO,_x000D_
 TRANSPOSIÇÃO E TRANSFERÊNCIA), E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1357/justica_e_redacao_88.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1357/justica_e_redacao_88.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1138/2021, “AUTORIZA O PODER EXECUTIVO_x000D_
 MUNICIPAL A DOAR TERRENO URBANO AO GOVERNO DO ESTADO DE_x000D_
 RONDÔNIA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1358/justica_e_redacao.doc_89.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1358/justica_e_redacao.doc_89.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1139/2021, “ALTERA A LEI MUNICIPAL Nº 1.122/2021_x000D_
 QUE DISPÕE SOBRE AUTORIZA O MUNICÍPIO DE MIRANTE DA SERRA A_x000D_
 ADQUIRIR ÁREA URBANA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1359/justica_e_redacao_90.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1359/justica_e_redacao_90.pdf</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1368/justica_e_redacao_91.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1368/justica_e_redacao_91.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1141/2021, “ALTERA O ANEXO I DA LEI 1088/2021, E_x000D_
 DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1373/justica_e_redacao.doc_92.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1373/justica_e_redacao.doc_92.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1140/2021, “DISPÕE SOBRE ABERTURA DE_x000D_
 CRÉDITO ESPECIAL ATRAVÉS DE REMANEJAMENTO NOS MOLDES DA LEI Nº_x000D_
 677 DE 28 DE MAIO DE 2014, (REGULAMENTA REMANEJAMENTO,_x000D_
 TRANSPOSIÇÃO E TRANSFERÊNCIA) E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>Parecer CPOF</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO PERMANENTE DE ORÇAMENTO E FINANÇAS AO PROJETO DE LEI Nº 1053/2021.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>PARECER N°002/2021 DA COMISSÃO PERMANENTE DE ORÇAMENTOS E FINANÇAS , AO PROJETO DE LEI N° 1055/2021.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>PARECER N°003/2021 DA COMISSÃO PERMANENTE DE ORÇAMENTO E FINANÇAS, AO PROJETO DE LEI N°1056/2021.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>PARECER N°004/2021, DA COMISSÃO PERMANENTE DE ORÇAMENTOS E FINANÇAS, AO PROJETO DE LEI N°1057/2021.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>PARECER N°005/2021, DA COMISSÃO PERMANENTE DE ORÇAMENTOS E FINANÇAS , AO PROJETO DE LEI N°1058/2021.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>PARECER N°006/2021, DA COMISSÃO PERMANENTE DE ORÇAMENTO E FINANÇAS , AO PROJETO DE LEI N° 1059/2021.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/917/cpof_007.021.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/917/cpof_007.021.pdf</t>
   </si>
   <si>
     <t>PARECER N° 007/2021, DA COMISSÃO PERMANENTE DE ORÇAMENTO E FINANÇAS AO PROJETO DE LEI N°1060/2021.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/920/cpof_008.021.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/920/cpof_008.021.pdf</t>
   </si>
   <si>
     <t>PARECER N° 008/2021 DA COMISSÃO PERMANENTE DE ORÇAMENTO E FINANÇAS AO PROJETO DE LEI N°1061/2021.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>PARECER Nº 009/2021, DA COMISSÃO PERMANENTE DE ORÇAMENTO E FINANÇAS AO PROJETO DE LEI Nº 1063/2021.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>LEITURA DO PARECER Nº 010/2021, DA COMISSÃO PERMANENTE DE ORÇAMENTO E FINANÇAS AO PROJETO DE LEI Nº 1064/2021.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>PARECER N° 011/2021 DA COMISSÃO PERMANENTE DE ORÇAMENTO E FINANÇAS AO PROJETO DE LEI N° 1065/2021.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/968/cpof_n_012.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/968/cpof_n_012.pdf</t>
   </si>
   <si>
     <t>LEITURA DO PARECER Nº 012/2021, DA COMISSÃO PERMANENTE DE ORÇAMENTO E FINANÇAS AO PROJETO DE LEI Nº 1066/2021.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/971/cpof_n_013.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/971/cpof_n_013.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 013/2021, DA COMISSÃO PERMANENTE DE ORÇAMENTO E FINANÇAS AO PROJETO DE LEI Nº 1069/2021.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>CPOSP - COMISSÃO PERMANENTE DE OBRAS E SERVIÇOS PÚBLICOS</t>
   </si>
   <si>
     <t>PARECER Nº014/2021, DA COMISSÃO PERMANENTE DE ORÇAMENTO E FINANÇAS AO PROJETO DE LEI Nº1062/2021</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>PARECER Nº022/2021, DA COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI Nº1070/2021</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>PARECER Nº016/2021, DA COMISSÃO PERMANENTE DE ORÇAMENTO E FINANÇAS AO PROJETO DE LEI Nº1071/2021.</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1029/parecer_17-2021.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1029/parecer_17-2021.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 017/2021, DA COMISSÃO PERMANENTE DE ORÇAMENTO E FINANÇAS AO PROJETO DE LEI Nº 1067/2021.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/970/orcamento_e_financas.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/970/orcamento_e_financas.doc</t>
   </si>
   <si>
     <t>LEITURA DO PARECER Nº 017/2021, DA COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO AO PROJETO DE LEI Nº 1069/2021.</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1057/orcamento_e_financas.doc</t>
-[...2 lines deleted...]
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1060/parecer_portal_0f.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1057/orcamento_e_financas.doc</t>
+  </si>
+  <si>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1060/parecer_portal_0f.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO PERMANENTE Nº 020/2021, AO PROJETO DE LEI Nº 1075/2021</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1063/parecer_portal_0f.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1063/parecer_portal_0f.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO PERMANENTE DE ORÇAMENTO E FINANÇA Nº 031/2021 AO PROJETO DE LEI Nº 1077/2021</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1065/parecer_portal_0f.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1065/parecer_portal_0f.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO PERMANENTE DE ORÇAMENTO E FINANÇAS Nº 022/2021 AO PROJETO DE LEI Nº 1079/2021</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1075/parecer_portal_0f.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1075/parecer_portal_0f.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 023/2021 DA COMISSÃO PERMANENTE DE ORÇAMENTO E FINANÇAS AO PROJETO DE LEI Nº 1080/2021.</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1077/parecer_portal_0f.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1077/parecer_portal_0f.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 024/2021 DA COMISSÃO PERMANENTE DE ORÇAMENTO E FINANÇAS AO PROJETO DE LEI Nº 1081/2021.</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1123/cpof.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1123/cpof.docx</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1085/2021, “INSTITUI O PLANO DE AMORTIZAÇÃO PARA EQUACIONAMENTO DO DÉFICIT ATUARIAL DO SERRA PREVI-INSTITUTO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE MIRANTE DA SERRA, CONFORME DIRETRIZES EMANADAS PELA PORTARIA MPS Nº 403/2008 E SUAS ALTERAÇÕES, ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 727/2015, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1147/comissao_perm.docx</t>
-[...2 lines deleted...]
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1124/cpof.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1147/comissao_perm.docx</t>
+  </si>
+  <si>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1124/cpof.docx</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1088/2021, “AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE PROVENIENTE DO REPASSE CO-FINANCIAMENTO ESTADUAL NO VALOR DE R$ 150.800,00 (CENTO E CINQUENTA MIL E OITOCENTOS REAIS), E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1125/cpof.docx</t>
-[...14 lines deleted...]
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1136/orcamento_e_financas.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1125/cpof.docx</t>
+  </si>
+  <si>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1126/cpof.docx</t>
+  </si>
+  <si>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1127/cpof.docx</t>
+  </si>
+  <si>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1128/cpof.docx</t>
+  </si>
+  <si>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1129/cpof.docx</t>
+  </si>
+  <si>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1136/orcamento_e_financas.doc</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1148/comissao_perm.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1148/comissao_perm.docx</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1149/comissao_perm.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1149/comissao_perm.docx</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1150/comissao_perm.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1150/comissao_perm.docx</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1151/comissao_perm.docx</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1151/comissao_perm.docx</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1163/orcamento_e_financas.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1163/orcamento_e_financas.doc</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1171/orcamento_e_financas.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1171/orcamento_e_financas.doc</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1181/orcamento_e_financas.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1181/orcamento_e_financas.doc</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1182/orcamento_e_financas.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1182/orcamento_e_financas.doc</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1193/parecer_contas_orcamento_financas.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1193/parecer_contas_orcamento_financas.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 043/2021, DA COMISSÃO PERMANMENTE DE ORÇAMENTO E FINANÇAS, AO PARECER PRÉVIO DO TCER - RO.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1199/orcamento_e_financas_.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1199/orcamento_e_financas_.pdf</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1207/orcamento_e_financas_.pdf_2.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1207/orcamento_e_financas_.pdf_2.pdf</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1210/orcamento_e_financas.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1210/orcamento_e_financas.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1112/2021, “AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE, PROVENIENTE DO REPASSE FUNDO A FUNDO NO VALOR DE R$ 240.000,00 (DUZENTOS E QUARENTA MIL REAIS), E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1230/orcamento_e_financas.doc_1.pdf33.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1230/orcamento_e_financas.doc_1.pdf33.pdf</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1178/justica_e_redacao.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1178/justica_e_redacao.doc</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1226/orcamento_e_financas.doc_1.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1226/orcamento_e_financas.doc_1.pdf</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1227/orcamento_e_financas.doc_2.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1227/orcamento_e_financas.doc_2.pdf</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1236/orcamento_e_financas.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1236/orcamento_e_financas.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1114/2021, “DISPÕE SOBRE ABERTURA DE CRÉDITO ESPECIAL ATRAVÉS DE REMANEJAMENTO NOS MOLDES DA LEI Nº 677 DE 28 DE MAIO DE 2014, (REGULAMENTA REMANEJAMENTO, TRANSPOSIÇÃO E TRANSFERÊNCIA), E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1237/orcamento_e_financas.pdf33.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1237/orcamento_e_financas.pdf33.pdf</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1251/orcamento_e_financas.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1251/orcamento_e_financas.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1109/2021, “INSTITUI O REGIME DE PREVIDÊNCIA COMPLEMENTAR NO ÂMBITO DO MUNICIPIO DE MIRANTE DA SERRA; FIXA O LIMITE MÁXIMO PARA CONCESSÃO DE APOSENTADORIAS E PENSÕES PELO REGIME DE PREVIDÊNCIA DE QUE TRATA O ART. 40 DA CONSTITUIÇÃO FEDERAL; AUTORIZA A ADESÃO A PLANO DE BENEFÍCIOS DE PREVIDÊNCIA COMPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1252/orcamento_e_financas.pdf_56.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1252/orcamento_e_financas.pdf_56.pdf</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1253/orcamento_e_financas.pdf_57.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1253/orcamento_e_financas.pdf_57.pdf</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1254/orcamento_e_financas.pdf_58.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1254/orcamento_e_financas.pdf_58.pdf</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1269/orcamento_e_financa.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1269/orcamento_e_financa.pdf</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1270/orcamento_e_financa.pdf_60.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1270/orcamento_e_financa.pdf_60.pdf</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1288/orcamento_e_financas.doc_61.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1288/orcamento_e_financas.doc_61.pdf</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1287/orcamento_e_financas.doc62.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1287/orcamento_e_financas.doc62.pdf</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1286/orcamento_e_financas.doc_63.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1286/orcamento_e_financas.doc_63.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1125/2021, “DISPÕE SOBRE ABERTURA DE CRÉDITO ESPECIAL ATRAVÉS DE TRANSFERÊNCIA NOS MOLDES DA LEI Nº 677 DE 28 DE MAIO DE 2014, (REGULAMENTA REMANEJAMENTO, TRANSPOSIÇÃO E TRANSFERÊNCIA), E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1285/orcamento_e_financas.doc_64.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1285/orcamento_e_financas.doc_64.pdf</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1302/orcamento_e_financas.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1302/orcamento_e_financas.pdf</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1303/orcamento_e_financas.doc_66.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1303/orcamento_e_financas.doc_66.pdf</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1304/orcamento_e_financas.pdf_67.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1304/orcamento_e_financas.pdf_67.pdf</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1322/orcamento_e_financas.doc_68.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1322/orcamento_e_financas.doc_68.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1129/2021, “ABRE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE COM CRIAÇÃO DE PROJETO/AÇÃO CV Nº 151/PGE-2021 PARA AQUISIÇÃO DE AMBULÂNCIA TIPO C., E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1323/orcamento_e_financas.doc_69.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1323/orcamento_e_financas.doc_69.pdf</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1324/orcamento_e_financas.doc_70.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1324/orcamento_e_financas.doc_70.pdf</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1325/orcamento_e_financas.doc_71.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1325/orcamento_e_financas.doc_71.pdf</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1326/orcamento_e_financas.doc72.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1326/orcamento_e_financas.doc72.pdf</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1327/orcamento_e_financas.doc73.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1327/orcamento_e_financas.doc73.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1134/2021, “ABRE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE COM CRIAÇÃO DE PROJETO/AÇÃO CV Nº 125/2021/PJ/DER-RO PARA AQUISIÇÃO DE INSUMOS DESTINADOS A CONFECÇÃO DE BLOCOS SEXTAVADOS DE CONCRETO, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1339/orcamento_e_financas.doc_74.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1339/orcamento_e_financas.doc_74.pdf</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1354/orcamento_e_financas.doc_76.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1354/orcamento_e_financas.doc_76.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1135/2021, “DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL ATRAVÉS DE REMANEJAMENTO NOS MOLDES DA LEI Nº 677 DE 28 DE MAIO DE 2014, (REGULAMENTA REMANEJAMENTO, TRANSPOSIÇÃO E TRANSFERÊNCIA), E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1360/orcamento_e_financas.doc_77.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1360/orcamento_e_financas.doc_77.pdf</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1361/orcamento_e_financas.doc_78.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1361/orcamento_e_financas.doc_78.pdf</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1362/orcamento_e_financas.doc_79.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1362/orcamento_e_financas.doc_79.pdf</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1369/orcamento_e_financas_80.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1369/orcamento_e_financas_80.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1141/2021, “ALTERA O ANEXO I DA LEI 1088/2021, E_x000D_
 DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1374/orcamento_e_financas.doc_81.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1374/orcamento_e_financas.doc_81.pdf</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>Parecer CPESAS</t>
   </si>
   <si>
     <t>PARECER N°001/2021 COMISSÃO PERMANENTE DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL, AO PROJETO DE LEI  N°1056/2021.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>PARECER N°002/2021 DA COMISSÃO PERMANENTE DE EDUCAÇÃO , SAÚDE E ASSISTÊNCIA SOCIAL, AO PROJETO DE LEI N°1057/2021.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>PARECER N°003/2021 DA COMISSÃO PERMANENTE DE EDUCAÇÃO , SAÚDE E ASSISTÊNCIA SOCIAL , AO PROJETO DE LEI N°1058/2021.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>PARECER N°004/2021 DA COMISSÃO PERMANENTE DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL, AO PROJETO DE LEI N°1059/2021.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/918/cpesas_005.2021.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/918/cpesas_005.2021.pdf</t>
   </si>
   <si>
     <t>PARECER N°005/2021, DA COMISSÃO PERMANENTE DE EDUCAÇÃO SAÚDE E ASSISTÊNCIA SOCIAL AO PROJETO DE LEI N° 1060/2021</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/923/cpesas_006.2021.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/923/cpesas_006.2021.pdf</t>
   </si>
   <si>
     <t>LEITURA DO PARECER N°006/2021, DA COMISSÃO PERMANENTE EDUCAÇÃO,SAÚDE E ASSISTENCIA SOCIAL AO PROJETO DE LEI N°1061/2021.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>LEITURA DO PARECER Nº 007/2021, DA COMISSÃO PERMANENTE DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL AO PROJETO DE LEI Nº 1063/2021.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>PARECER N° 008/2021 DA COMISSÃO PERMANENTE DE EDUCAÇÃO, SAÚDE E ASSISTENCIA SOCIAL AO PROJETO DE LEI N° 1064/2021.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>PARECER N° 009/2021, DA COMISSÃO PERMANENTE DE EDUCAÇÃO, SAÚDE E ASSISTENCIA SOCIAL AO PROJETO DE LEI N° 1065/2021.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/969/cpesas_n_010.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/969/cpesas_n_010.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 010/2021, DA COMISSÃO PERMANENTE DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL AO PROJETO DE LEI Nº 1066/2021.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/972/cpesas_n_011.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/972/cpesas_n_011.pdf</t>
   </si>
   <si>
     <t>LEITURA DO PARECER Nº 011/2021, DA COMISSÃO PERMANENTE DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL AO PROJETO DE LEI Nº 1069/2021.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
     <t>PARECER Nº012/2021, DA COMISSÃO PERMANENTE DE EDUCAÇÃO, SAÚDE E ASSISTENCIA SOCIAL AO PROJETO DE LEI Nº1062/2021</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>PARECER Nº013/2021, DA COMISSÃO PERMANENTE DE EDUCAÇÃO, SAÚDE E ASSISTENCIA SOCIAL AO PROJETO DE LEI Nº1070/2021.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1030/esass_04-2021.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1030/esass_04-2021.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 014/2021, DA COMISSÃO PERMANENTE DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL AO PROJETO DE LEI Nº 1067/2021.</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1058/educacao_saude_e_assistencia_social.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1058/educacao_saude_e_assistencia_social.doc</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO PERMANENTE DE EDUCAÇÃO SAÚDE E ASSISTÊNCIA SOCIAL Nº 016/2021, AO PROJETO DE LEI 1075/2021</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1130/cpes.docx</t>
-[...14 lines deleted...]
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1140/educacao_saude_e_assistencia_social.doc</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1130/cpes.docx</t>
+  </si>
+  <si>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1131/cpes.docx</t>
+  </si>
+  <si>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1132/cpes.docx</t>
+  </si>
+  <si>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1138/comissao_perm.docx</t>
+  </si>
+  <si>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1139/comissao_perm.docx</t>
+  </si>
+  <si>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1140/educacao_saude_e_assistencia_social.doc</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1203/educacao_saude_e_assistencia_social.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1203/educacao_saude_e_assistencia_social.pdf</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1211/educacao_saude_e_assistencia_social.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1211/educacao_saude_e_assistencia_social.pdf</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1219/educacao_saude_e_assistencia_social.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1219/educacao_saude_e_assistencia_social.pdf</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1255/educacaosaude_e_assistencia_social_27.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1255/educacaosaude_e_assistencia_social_27.pdf</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1282/educacaosaude_e_assistencia_social_28.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1282/educacaosaude_e_assistencia_social_28.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1122/2021, “DISPÕE SOBRE A CRIAÇÃO DE ELEMENTO DE DESPESA PARA ATENDER O PROJETO AÇÃO CV Nº 239/PGE/2020 PARA AQUISIÇÃO DE UMA AMBULÂNCIA TIPO A DE SIMPLES REMOÇÃO, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1283/educacaosaude_e_assistencia_social_29.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1283/educacaosaude_e_assistencia_social_29.pdf</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1284/educacaosaude_e_assistencia_social_30.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1284/educacaosaude_e_assistencia_social_30.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI Nº 1126/2021, “AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE, PROVENIENTE DO REPASSE FUNDO A FUNDO NO VALOR DE R$ 627.459,00 (SEISCENTOS E VINTE E SETE MIL E QUATROCENTOS E CINQUENTA E NOVE REAIS), E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1305/educacao_saude_e_assistencia_social.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1305/educacao_saude_e_assistencia_social.pdf</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1328/cpesas__33.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1328/cpesas__33.pdf</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1329/cpesas__33.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1329/cpesas__33.pdf</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1330/cpesas__34.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1330/cpesas__34.pdf</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1340/educacao_saude_e_assistencia_social.doc_35.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1340/educacao_saude_e_assistencia_social.doc_35.pdf</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1348/educacao_saude_e_assistencia_social.doc_36.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1348/educacao_saude_e_assistencia_social.doc_36.pdf</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1370/educacao_saude_e_assistencia_social_38.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1370/educacao_saude_e_assistencia_social_38.pdf</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1375/educacao_saude_e_assistencia_social.doc_39.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1375/educacao_saude_e_assistencia_social.doc_39.pdf</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>P TCE</t>
   </si>
   <si>
     <t>Parecer Prévio TCE RO</t>
   </si>
   <si>
-    <t>https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1190/parecer_tcer_consta_adinaldo__acordao_decisao-990518_apl-tc_00399_20.pdf</t>
+    <t>http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1190/parecer_tcer_consta_adinaldo__acordao_decisao-990518_apl-tc_00399_20.pdf</t>
   </si>
   <si>
     <t>PARECER PRÉVIO SOBRE AS CONTAS DO CHEFE DO EXECUTIVO MUNICIPAL, EXERCICIO 2019._x000D_
 CONSTITUCIONAL. PRESTAÇÃO DE CONTAS_x000D_
 ANUAL. CONTAS DE GOVERNO. SITUAÇÃO_x000D_
 LÍQUIDA ORÇAMENTÁRIA SUPERAVITÁRIA._x000D_
 EQUILÍBRIO FINANCEIRO. CUMPRIMENTO DOS_x000D_
 ÍNDICES CONSTITUCIONAIS E LEGAIS COM_x000D_
 EDUCAÇÃO, SAÚDE, REPASSE AO LEGISLATIVO E_x000D_
 DESPESA COM PESSOAL. DIMINUTO DÉFICIT_x000D_
 FINANCEIRO POR FONTE. PARECER FAVORÁVEL À_x000D_
 APROVAÇÃO COM RESSALVAS DAS CONTAS._x000D_
 DETERMINAÇÕES. PRECEDENTES._x000D_
 1. Restou evidenciado nos autos o cumprimento dos_x000D_
 mandamentos constitucionais e legais relativos à educação_x000D_
 (25,72% na MDE e 63,55% no FUNDEB – valorização do_x000D_
 magistério); à saúde (19,88%); gastos com pessoal (46,87%);_x000D_
 e repasse ao Legislativo (7%)._x000D_
 2. Remanesceram impropriedades de caráter formal, tais_x000D_
 como: (i) subavaliação do passivo; (ii) excessivas alterações_x000D_
 orçamentárias (iii) baixa arrecadação da dívida ativa; (iv)_x000D_
 não atendimento de determinações pretéritas desta Corte; (v)_x000D_
 insuficiência financeira para cobertura de obrigações_x000D_
 (recursos</t>
   </si>
@@ -4890,67 +4890,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/975/projeto_166_declara_de__ut._pub._ass._do_ass._fidel_castro.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/976/projeto_167_declara_de__ut._pub._asproconsa.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/875/projeto_de_lei_1053_novo.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/878/projeto_de_lei_no_1055_-_abre_credito_especial_aquisicao_de_tubos_corrugados.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/879/projeto_de_lei_no_1056.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/881/projeto_de_lei_no_1058.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/882/projeto_de_lei_no_1059.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/897/projeto_de_lei__1060-2021_-_alterar_lei_de_plantoes_dos_medicos.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/901/projeto_de_lei_no_1061_-_dispoe_sobre_abertura_de_credito_por_superavit_financeiro.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/966/projeto_de_lei_do_1062.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/927/projeto_de_lei_no_1063_-_dispoe_sobre_abertura_de_credito_por_superavit_financeiro.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/960/projeto_de_lei_1066-2021_-_fundeb.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/959/projeto_de_lei_n_1068-2021_-_convenio_com_a_promovida.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/958/projeto_de_lei_no_1069_-_abre_credito_por_superavit_financeiro_-_devolucao_de_convenio.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1067/projeto_de_lei_1074_-_copia.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1012/projeto_de_lei_no_1075_-_autoriza_abertura_de_credito_por_superavit_financeiro.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1034/projeto_de_lei_no_1077_-_dispoe_sobre_a_abertura_de_credito_por_remanejamento.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1035/projeto_de_lei_no_1078_-_dispoe_sobre_abertura_de_credito_por_excesso_de_arrecadacao.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1044/projeto_de_lei_no_1079_-_dispoe_sobre_abertura_de_credito_especial_por_remanejamento.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1068/projeto_de_lei_no_1080-2021_-_plantao_medico.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1069/projeto_de_lei_no_1081-2021_-_autoriza_processo_seletivo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1090/projeto_de_lei_no_1084-2021_-_programa_de_apoio_financeiro_escolar_proafe.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1091/projeto_de_lei__no_1085-2021_-_amortizacao_deficit_atuarial_serra_previ.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1092/projeto_de_lei_no_1086-2021_-_dispoe_sobre_autorizacao_de_espaco_publico_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1093/projeto_de_lei_no_1087-2021_-_inclui__3o_no_art_12_da_lei_1015-2020_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1094/projeto_de_lei_no_1088.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1099/projeto_de_lei_no_1092_-_abre_credito_especial_atraves_de_remanejamento.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1100/projeto_de_lei_no_1093_-_abre_credito_especial_por_excesso_de_arrecadacao_no_exercicio_vigente.docx.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1104/projeto_de_lei_no_1095_-_dispoe_sobre_abertura_de_credito_especial_-_aquisicao_de_trator_de_pneu.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1105/projeto_de_lei_no_1096_-_dispoe_sobre_abertura_de_credito_especial_-_construcao_de_quadra_esportiva.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1106/projeto_de_lei_no_1097_-_dispoe_sobre_abertura_de_credito_especial_-_incremento_pab.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1107/projeto_de_lei_no_1098_-_abre_credito_por_superavit_financeiro_devolucao_de_saldo_de_convenio.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1158/projeto_de_lei_1099-2021_-_altera_art._5_da_296.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1157/projeto_de_lei_no_1101_-_abre_credito_especial_por_excesso_de_arrecadacao.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1167/projeto_de_lei_1102.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1172/projeto_de_lei_no_1103_-_abre_credito_por_remanejamento.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1173/projeto_de_lei_no_1104_-_ppa_2022_-_2015___3.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1174/projeto_de_lei__no_1105_-_ldo_2022_1.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1175/projeto_de_lei_no_1106_-_abre_credito_espeical_por_excesso_de_arrecadacao_conv._agricultura.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1176/projeto_de_lei_no_1107_-_dispoe_sobre_abertura_de_credito_por_excesso_de_arrecadcao_no_exercicio_vigente.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1177/projeto_de_lei_no_1108_-_abre_credito_especial_por_superavit_financeiro_exercicio_anterior.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1212/projeto_de_lei_1.109-2021_previdencia_complementar.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1189/projeto_de_lei_no_1112_-_abre_credito_especial_por_excesso_de_arrecadacao_recurso_covid-19.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1197/projeto_de_lei_1113-2021_-_autoriza_a_doacao_de_imovel_urbano_ao_governo_do_estado_de_rondonia_-_quartel.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1217/projeto_de_lei_no_1114_-_abre_credito_especial_atraves_de_remanejamento.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1228/projeto_de_lei_1115_2021.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1229/projeto_de_lei_no_1116_-_abre_credito_especial_por_excesso_de_arrecadacao_construcao_da_garagem.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1231/projeto_de_lei_no_1117_-_abre_credito_especial_por_excesso_de_arrecadacao_-_aquisicao_de_equipamentos_agricolas.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1238/projeto_de_lei_no_1118_-_dispoe_sobre_remanejamento_orcamentario.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1246/projeto_de_lei_1.119-2021_autoriza_o_municipio_de_mirante_da_serra_a_adquirir_area_urbana_e_da_outras_providencias.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1258/projeto_de_lei_suspensao_da_revisao_1120.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1260/projeto_de_lei_1121-2021_-_autoriza_a_doacao_de_imovel_urbano_ao_governo_do_estado_de_rondonia_-_quartel_1.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1261/projeto_de_lei_no_1122_-_abre_credito_especial_com_criacao_de_elemento_de_despesa.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1262/projeto_de_lei_no_1123_-_cria_elemento_de_despesa.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1263/projeto_de_lei_no_1124_-_abre_credito_especial_por_remanejamento.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1272/projeto_de_lei_no_1125_-_abre_credito_especial_atraves_de_transferencia_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1273/projeto_de_lei_no_1126_-_abre_credito_espeical_por_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1276/projeto_de_lei_no_1127_-_loa_2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1277/projeto_de_lei__no_1128_-_dispoe_sobre_abertura_de_credito_atraves_de_remanejamento.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1306/projeto_de_lei_no_1129_-_abre_credito_especial_por_excesso_de_arrecadacao_no_rocamento_vigente.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1310/projeto_de_lei_no_1130_-_dispoe_sobre_a_transferencia_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1309/projeto_de_lei_no_1131_-_abre_credito_esepcial_por_excesso_de_arrecadacao_no_orcamento_vigente.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1307/projeto_de_lei_no_1132_-_abre_credito_especial_por_remanejamento.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1308/projeto_de_li_no_1133_-_abre_credito_especial_por_superavit_financeiro_exerciciio_anterior.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1311/projeto_de_lei_no_1134_-_abre_credito_especial_no_orcamento_vigente.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1315/projeto_de_lei_no_1135_-_dispoe_sobre_abertura_de_credito_especial_por_remanejamento.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1336/projeto_de_lei_no_1136_-_abre_credito_especial_atraves_de_remanejamento_orcamentario.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1355/projeto_de_lei_1138.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1345/projeto_de_lei_no_1139-2021_altera_a_lei_municipal_no._1.122-2021_que_dispoe_sobre_autoriza_o_municipio_de_mirante_da_serra_a_adquirir_area_urbana.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1351/projeto_de_lei_no_1140_-_dispoe_sobre_abertura_de_credito_especial_atraves_de_remanejamento_orcamentario.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1352/projeto_de_lei__no_1141-2021_-_alterando_o_anexo_i_da_lei_1088-2021.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/915/emenda_aditiva_2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1218/emenda_modificativa_001_2021_cpjr_-_copia.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1337/emenda_modificativa_002_2021_daniel_andrade_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/902/projeto_162_declara_de__utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/904/projeto_163_declara_de__utilidade_publica_-_c.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1216/projeto_de_lei_170-2021.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/914/projeto_de_resolucao___comissoes.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1122/projeto_resolucao_062.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/938/requerimento_conjunto_008.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/905/requerimento_no_001.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/906/requerimento_no_002.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/907/requerimento_no_003.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/908/requerimento_no_004.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/909/requerimento_no_005.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/910/requerimento_no_006.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/911/requerimento_no_007.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/912/requerimentos_conjunto_vereador_kiti_e_martinho_i.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/934/requerimento_no_009.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/935/requerimento_no_010.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/936/requerimento_no_011.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/937/requerimento_n_12.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/948/requerimento_no_018.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/949/requerimento_no_019.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/950/requerimento_no_020.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/951/requerimento_n_21.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/952/requerimento_adineudo_n_22.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/953/requerimento_no_023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/954/requerimento_no_024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/955/requerimento_no_025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/956/requerimento_no_026.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/957/requerimento_no_027.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/961/requerimento_no_028.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/962/requerimento_no_029.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/963/requerimento_martinho_2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/964/requerimento_willian_2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/965/requerimento_n_032.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/980/requerimento__mazinho_nerys__01-04-2021_assistencia_social.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/977/requerimento_daniel_andrade.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/978/requerimento_hilton.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/979/requerimento__mazinho_nerys_travessao_da_56.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/992/requerimento_038_vereador_adineudo_-_manutencao_do_contrato_de_comodato_das_associacoes.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/996/requerimento__39_adineudo_2021.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/993/requerimento_mazinho_2021.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/994/requerimento__41_adineudo_2021.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/995/requerimento_hilton_2021.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1008/requerimento__48_paulo_roberto.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1023/req_057.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1024/req_058.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1025/req_059.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1026/req_060.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1036/req_061.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1037/req_062.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1038/req_063.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1040/req_065.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1041/req_066docx.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1042/req_067docx.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1070/req_079docx..pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1072/req_080.docx.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1073/req_081.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1078/req_082.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1079/req_083.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1080/req_084.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1081/req_085.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1082/req_086.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1084/req_087.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1085/req_088docx..pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1086/req_089.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1087/req_090.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1088/req_91.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1089/req_092.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1110/req_094.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1111/req_095.docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1112/req_96.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1113/requerimento_097_vereador__adineudo_e_cristiano_-_cedencia_de_carreta-prancha.doc" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1109/req_099.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1153/req_100_docx.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1154/req_101_docx.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1155/req_103_docx.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1152/req_104.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1160/requerimento_106_vereador_adineudo_-_emenda_parlamentar_para_aquisicao_de_emplementos_agricolas.doc" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1161/requerimento_107.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1168/req_110.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1169/req_0111.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1185/req_113.docx.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1186/req_0114.docx.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1187/req_115.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1195/req_116.docx.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1196/req_117.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1213/mazin_01.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1214/mazin_02.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1215/mazin_03.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1239/requerimento_vereador_-_presidente_adineudo_-.doc" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1240/requerimento_mazin__jose_roberto.docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1241/requerimento_mazin_glauciano.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1243/req_0127_hilton.docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1244/req_0128_hilton.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1245/requerimento_martinho.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1259/req_130.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1264/req_131.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1265/req_0132_hilton.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1271/requerimento_daniel_andrade_2021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1274/requerimento_vereador_-_presidente_adineudo_-.doc" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1275/req_135.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1289/req_136.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1290/req_0137_hilton.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1291/requerimento__adineudo_138.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1292/requerimento__adineudo_139.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1293/req_140.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1294/req_141.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1295/requerimento__adineudo_142.docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1296/requerimento__adineudo_143.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1297/req_144.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1298/requerimento_mazinho_145.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1314/requerimento_146_000147.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1312/req_0147_hilton.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1313/requerimento_148.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1335/requerimento_150-2021__adineudo.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1334/requerimento__151.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1371/requerimento_willian_153.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1372/requerimento_willian_154.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1366/requerimento_adineudo_2019.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1376/requerimento__156.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1367/requerimento_willian_2021.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1083/indicacao.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1031/meio_ambiente_e_pesca_no01-2021.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1134/meio_ambiente_e_pesca.doc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1141/meio_ambiente_e_pesca.doc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1183/meio_ambiente_e_pesca.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1200/meio_ambiente_e_pesca.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1208/meio_ambiente_e_pesca.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1224/meio_ambiente_e_pesca.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1257/meio_ambiente_e_pesca.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1342/meio_ambiente_e_pesca.doc_09.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1350/meio_ambiente_e_pesca.doc_10.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1365/meio_ambiente_e_pesca.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1033/obras_e_servicos_publicos_03-2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1133/obras_e_servicos_publicos.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1184/obras_e_servicos_publicos.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1225/obras_e_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1256/obras_e_servicos_publicos.doc_.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1331/obras_e_servicos_publicos.doc_11.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1332/obras_e_servicos_publicos.doc_12.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1333/obras_e_servicos_publicos.doc_13.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1341/obras_e_servicos_publicos.doc14.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1349/obras_e_servicos_publicos_15.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1364/obras_e_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1892/parecer_cposp_020.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/898/cpjr_007.021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/899/cpjr_008.021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/916/cpjr_009.021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/919/cpjr_010.021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/967/cpjr_n16.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1027/parecer_26-2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1028/parecer_27-2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1055/justica_e_redacao.doc" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1056/justica_e_redacao.doc" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1059/parecer_portal_jr.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1062/parecer_portal.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1064/parecer_pdf.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1074/parecer_portal_jr.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1076/parecer_portal_jr.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1097/parecer_portal.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1115/willian_sanches.docx" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1117/cpjr.docx" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1118/cpjr.docx" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1119/cpjr.docx" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1120/cpjr.docx" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1121/cpjr.docx" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1135/justica_e_redacao.doc" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1143/comissao_perm.docx" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1144/comissao_perm.docx" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1145/comissao_perm.docx" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1146/comissao_perm.docx" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1162/justica_e_redacao.doc" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1170/justica_e_redacao.doc" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1179/justica_e_redacao.doc" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1180/justica_e_redacao.doc" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1232/justica_e_redacao233.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1198/justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1201/justica_e_redacao...pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1205/justica_e_redacao2.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1209/justica_e_redacao02.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1220/justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1221/justica_e_redacao_1.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1222/justica_e_redacao_2.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1223/justica_e_redacao_3.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1234/justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1235/justica_e_redacao.pdf23.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1247/justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1248/justica_e_redacao_65.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1249/justica_e_redacao_66.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1250/justica_e_redacao_67.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1266/justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1267/justica_e_redacao.pdf_69.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1268/justica_e_redacao.pdf_70.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1278/justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1279/justica_e_redacao_72.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1280/justica_e_redacao_73.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1281/justica_e_redacao_74.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1299/justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1300/justica_e_redacao_76.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1301/justica_e_redacao_77.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1316/justica_e_redacao_78.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1317/justica_e_redacao.doc_79.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1318/justica_e_redacao.doc_80.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1319/justica_e_redacao.doc81.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1320/justica_e_redacao.doc_82.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1321/justica_e_redacao.doc83.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1338/justica_e_redacao_84.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1346/justica_e_redacao.doc_85.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1353/justica_e_redacao.doc86.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1356/justica_e_redacao_87.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1357/justica_e_redacao_88.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1358/justica_e_redacao.doc_89.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1359/justica_e_redacao_90.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1368/justica_e_redacao_91.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1373/justica_e_redacao.doc_92.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/917/cpof_007.021.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/920/cpof_008.021.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/968/cpof_n_012.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/971/cpof_n_013.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1029/parecer_17-2021.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/970/orcamento_e_financas.doc" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1057/orcamento_e_financas.doc" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1060/parecer_portal_0f.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1063/parecer_portal_0f.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1065/parecer_portal_0f.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1075/parecer_portal_0f.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1077/parecer_portal_0f.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1123/cpof.docx" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1147/comissao_perm.docx" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1124/cpof.docx" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1125/cpof.docx" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1126/cpof.docx" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1127/cpof.docx" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1128/cpof.docx" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1129/cpof.docx" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1136/orcamento_e_financas.doc" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1148/comissao_perm.docx" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1149/comissao_perm.docx" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1150/comissao_perm.docx" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1151/comissao_perm.docx" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1163/orcamento_e_financas.doc" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1171/orcamento_e_financas.doc" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1181/orcamento_e_financas.doc" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1182/orcamento_e_financas.doc" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1193/parecer_contas_orcamento_financas.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1199/orcamento_e_financas_.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1207/orcamento_e_financas_.pdf_2.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1210/orcamento_e_financas.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1230/orcamento_e_financas.doc_1.pdf33.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1178/justica_e_redacao.doc" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1226/orcamento_e_financas.doc_1.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1227/orcamento_e_financas.doc_2.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1236/orcamento_e_financas.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1237/orcamento_e_financas.pdf33.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1251/orcamento_e_financas.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1252/orcamento_e_financas.pdf_56.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1253/orcamento_e_financas.pdf_57.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1254/orcamento_e_financas.pdf_58.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1269/orcamento_e_financa.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1270/orcamento_e_financa.pdf_60.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1288/orcamento_e_financas.doc_61.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1287/orcamento_e_financas.doc62.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1286/orcamento_e_financas.doc_63.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1285/orcamento_e_financas.doc_64.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1302/orcamento_e_financas.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1303/orcamento_e_financas.doc_66.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1304/orcamento_e_financas.pdf_67.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1322/orcamento_e_financas.doc_68.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1323/orcamento_e_financas.doc_69.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1324/orcamento_e_financas.doc_70.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1325/orcamento_e_financas.doc_71.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1326/orcamento_e_financas.doc72.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1327/orcamento_e_financas.doc73.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1339/orcamento_e_financas.doc_74.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1354/orcamento_e_financas.doc_76.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1360/orcamento_e_financas.doc_77.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1361/orcamento_e_financas.doc_78.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1362/orcamento_e_financas.doc_79.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1369/orcamento_e_financas_80.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1374/orcamento_e_financas.doc_81.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/918/cpesas_005.2021.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/923/cpesas_006.2021.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/969/cpesas_n_010.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/972/cpesas_n_011.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1030/esass_04-2021.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1058/educacao_saude_e_assistencia_social.doc" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1130/cpes.docx" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1131/cpes.docx" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1132/cpes.docx" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1138/comissao_perm.docx" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1139/comissao_perm.docx" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1140/educacao_saude_e_assistencia_social.doc" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1203/educacao_saude_e_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1211/educacao_saude_e_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1219/educacao_saude_e_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1255/educacaosaude_e_assistencia_social_27.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1282/educacaosaude_e_assistencia_social_28.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1283/educacaosaude_e_assistencia_social_29.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1284/educacaosaude_e_assistencia_social_30.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1305/educacao_saude_e_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1328/cpesas__33.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1329/cpesas__33.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1330/cpesas__34.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1340/educacao_saude_e_assistencia_social.doc_35.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1348/educacao_saude_e_assistencia_social.doc_36.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1370/educacao_saude_e_assistencia_social_38.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1375/educacao_saude_e_assistencia_social.doc_39.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1190/parecer_tcer_consta_adinaldo__acordao_decisao-990518_apl-tc_00399_20.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/975/projeto_166_declara_de__ut._pub._ass._do_ass._fidel_castro.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/976/projeto_167_declara_de__ut._pub._asproconsa.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/875/projeto_de_lei_1053_novo.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/878/projeto_de_lei_no_1055_-_abre_credito_especial_aquisicao_de_tubos_corrugados.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/879/projeto_de_lei_no_1056.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/881/projeto_de_lei_no_1058.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/882/projeto_de_lei_no_1059.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/897/projeto_de_lei__1060-2021_-_alterar_lei_de_plantoes_dos_medicos.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/901/projeto_de_lei_no_1061_-_dispoe_sobre_abertura_de_credito_por_superavit_financeiro.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/966/projeto_de_lei_do_1062.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/927/projeto_de_lei_no_1063_-_dispoe_sobre_abertura_de_credito_por_superavit_financeiro.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/960/projeto_de_lei_1066-2021_-_fundeb.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/959/projeto_de_lei_n_1068-2021_-_convenio_com_a_promovida.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/958/projeto_de_lei_no_1069_-_abre_credito_por_superavit_financeiro_-_devolucao_de_convenio.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1067/projeto_de_lei_1074_-_copia.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1012/projeto_de_lei_no_1075_-_autoriza_abertura_de_credito_por_superavit_financeiro.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1034/projeto_de_lei_no_1077_-_dispoe_sobre_a_abertura_de_credito_por_remanejamento.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1035/projeto_de_lei_no_1078_-_dispoe_sobre_abertura_de_credito_por_excesso_de_arrecadacao.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1044/projeto_de_lei_no_1079_-_dispoe_sobre_abertura_de_credito_especial_por_remanejamento.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1068/projeto_de_lei_no_1080-2021_-_plantao_medico.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1069/projeto_de_lei_no_1081-2021_-_autoriza_processo_seletivo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1090/projeto_de_lei_no_1084-2021_-_programa_de_apoio_financeiro_escolar_proafe.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1091/projeto_de_lei__no_1085-2021_-_amortizacao_deficit_atuarial_serra_previ.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1092/projeto_de_lei_no_1086-2021_-_dispoe_sobre_autorizacao_de_espaco_publico_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1093/projeto_de_lei_no_1087-2021_-_inclui__3o_no_art_12_da_lei_1015-2020_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1094/projeto_de_lei_no_1088.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1099/projeto_de_lei_no_1092_-_abre_credito_especial_atraves_de_remanejamento.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1100/projeto_de_lei_no_1093_-_abre_credito_especial_por_excesso_de_arrecadacao_no_exercicio_vigente.docx.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1104/projeto_de_lei_no_1095_-_dispoe_sobre_abertura_de_credito_especial_-_aquisicao_de_trator_de_pneu.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1105/projeto_de_lei_no_1096_-_dispoe_sobre_abertura_de_credito_especial_-_construcao_de_quadra_esportiva.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1106/projeto_de_lei_no_1097_-_dispoe_sobre_abertura_de_credito_especial_-_incremento_pab.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1107/projeto_de_lei_no_1098_-_abre_credito_por_superavit_financeiro_devolucao_de_saldo_de_convenio.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1158/projeto_de_lei_1099-2021_-_altera_art._5_da_296.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1157/projeto_de_lei_no_1101_-_abre_credito_especial_por_excesso_de_arrecadacao.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1167/projeto_de_lei_1102.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1172/projeto_de_lei_no_1103_-_abre_credito_por_remanejamento.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1173/projeto_de_lei_no_1104_-_ppa_2022_-_2015___3.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1174/projeto_de_lei__no_1105_-_ldo_2022_1.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1175/projeto_de_lei_no_1106_-_abre_credito_espeical_por_excesso_de_arrecadacao_conv._agricultura.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1176/projeto_de_lei_no_1107_-_dispoe_sobre_abertura_de_credito_por_excesso_de_arrecadcao_no_exercicio_vigente.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1177/projeto_de_lei_no_1108_-_abre_credito_especial_por_superavit_financeiro_exercicio_anterior.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1212/projeto_de_lei_1.109-2021_previdencia_complementar.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1189/projeto_de_lei_no_1112_-_abre_credito_especial_por_excesso_de_arrecadacao_recurso_covid-19.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1197/projeto_de_lei_1113-2021_-_autoriza_a_doacao_de_imovel_urbano_ao_governo_do_estado_de_rondonia_-_quartel.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1217/projeto_de_lei_no_1114_-_abre_credito_especial_atraves_de_remanejamento.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1228/projeto_de_lei_1115_2021.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1229/projeto_de_lei_no_1116_-_abre_credito_especial_por_excesso_de_arrecadacao_construcao_da_garagem.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1231/projeto_de_lei_no_1117_-_abre_credito_especial_por_excesso_de_arrecadacao_-_aquisicao_de_equipamentos_agricolas.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1238/projeto_de_lei_no_1118_-_dispoe_sobre_remanejamento_orcamentario.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1246/projeto_de_lei_1.119-2021_autoriza_o_municipio_de_mirante_da_serra_a_adquirir_area_urbana_e_da_outras_providencias.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1258/projeto_de_lei_suspensao_da_revisao_1120.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1260/projeto_de_lei_1121-2021_-_autoriza_a_doacao_de_imovel_urbano_ao_governo_do_estado_de_rondonia_-_quartel_1.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1261/projeto_de_lei_no_1122_-_abre_credito_especial_com_criacao_de_elemento_de_despesa.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1262/projeto_de_lei_no_1123_-_cria_elemento_de_despesa.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1263/projeto_de_lei_no_1124_-_abre_credito_especial_por_remanejamento.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1272/projeto_de_lei_no_1125_-_abre_credito_especial_atraves_de_transferencia_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1273/projeto_de_lei_no_1126_-_abre_credito_espeical_por_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1276/projeto_de_lei_no_1127_-_loa_2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1277/projeto_de_lei__no_1128_-_dispoe_sobre_abertura_de_credito_atraves_de_remanejamento.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1306/projeto_de_lei_no_1129_-_abre_credito_especial_por_excesso_de_arrecadacao_no_rocamento_vigente.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1310/projeto_de_lei_no_1130_-_dispoe_sobre_a_transferencia_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1309/projeto_de_lei_no_1131_-_abre_credito_esepcial_por_excesso_de_arrecadacao_no_orcamento_vigente.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1307/projeto_de_lei_no_1132_-_abre_credito_especial_por_remanejamento.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1308/projeto_de_li_no_1133_-_abre_credito_especial_por_superavit_financeiro_exerciciio_anterior.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1311/projeto_de_lei_no_1134_-_abre_credito_especial_no_orcamento_vigente.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1315/projeto_de_lei_no_1135_-_dispoe_sobre_abertura_de_credito_especial_por_remanejamento.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1336/projeto_de_lei_no_1136_-_abre_credito_especial_atraves_de_remanejamento_orcamentario.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1355/projeto_de_lei_1138.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1345/projeto_de_lei_no_1139-2021_altera_a_lei_municipal_no._1.122-2021_que_dispoe_sobre_autoriza_o_municipio_de_mirante_da_serra_a_adquirir_area_urbana.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1351/projeto_de_lei_no_1140_-_dispoe_sobre_abertura_de_credito_especial_atraves_de_remanejamento_orcamentario.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1352/projeto_de_lei__no_1141-2021_-_alterando_o_anexo_i_da_lei_1088-2021.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/915/emenda_aditiva_2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1218/emenda_modificativa_001_2021_cpjr_-_copia.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1337/emenda_modificativa_002_2021_daniel_andrade_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/902/projeto_162_declara_de__utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/904/projeto_163_declara_de__utilidade_publica_-_c.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1216/projeto_de_lei_170-2021.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/914/projeto_de_resolucao___comissoes.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1122/projeto_resolucao_062.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/938/requerimento_conjunto_008.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/905/requerimento_no_001.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/906/requerimento_no_002.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/907/requerimento_no_003.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/908/requerimento_no_004.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/909/requerimento_no_005.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/910/requerimento_no_006.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/911/requerimento_no_007.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/912/requerimentos_conjunto_vereador_kiti_e_martinho_i.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/934/requerimento_no_009.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/935/requerimento_no_010.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/936/requerimento_no_011.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/937/requerimento_n_12.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/948/requerimento_no_018.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/949/requerimento_no_019.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/950/requerimento_no_020.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/951/requerimento_n_21.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/952/requerimento_adineudo_n_22.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/953/requerimento_no_023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/954/requerimento_no_024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/955/requerimento_no_025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/956/requerimento_no_026.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/957/requerimento_no_027.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/961/requerimento_no_028.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/962/requerimento_no_029.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/963/requerimento_martinho_2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/964/requerimento_willian_2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/965/requerimento_n_032.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/980/requerimento__mazinho_nerys__01-04-2021_assistencia_social.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/977/requerimento_daniel_andrade.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/978/requerimento_hilton.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/979/requerimento__mazinho_nerys_travessao_da_56.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/992/requerimento_038_vereador_adineudo_-_manutencao_do_contrato_de_comodato_das_associacoes.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/996/requerimento__39_adineudo_2021.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/993/requerimento_mazinho_2021.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/994/requerimento__41_adineudo_2021.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/995/requerimento_hilton_2021.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1008/requerimento__48_paulo_roberto.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1023/req_057.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1024/req_058.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1025/req_059.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1026/req_060.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1036/req_061.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1037/req_062.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1038/req_063.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1040/req_065.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1041/req_066docx.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1042/req_067docx.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1070/req_079docx..pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1072/req_080.docx.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1073/req_081.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1078/req_082.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1079/req_083.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1080/req_084.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1081/req_085.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1082/req_086.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1084/req_087.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1085/req_088docx..pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1086/req_089.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1087/req_090.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1088/req_91.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1089/req_092.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1110/req_094.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1111/req_095.docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1112/req_96.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1113/requerimento_097_vereador__adineudo_e_cristiano_-_cedencia_de_carreta-prancha.doc" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1109/req_099.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1153/req_100_docx.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1154/req_101_docx.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1155/req_103_docx.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1152/req_104.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1160/requerimento_106_vereador_adineudo_-_emenda_parlamentar_para_aquisicao_de_emplementos_agricolas.doc" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1161/requerimento_107.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1168/req_110.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1169/req_0111.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1185/req_113.docx.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1186/req_0114.docx.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1187/req_115.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1195/req_116.docx.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1196/req_117.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1213/mazin_01.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1214/mazin_02.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1215/mazin_03.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1239/requerimento_vereador_-_presidente_adineudo_-.doc" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1240/requerimento_mazin__jose_roberto.docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1241/requerimento_mazin_glauciano.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1243/req_0127_hilton.docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1244/req_0128_hilton.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1245/requerimento_martinho.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1259/req_130.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1264/req_131.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1265/req_0132_hilton.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1271/requerimento_daniel_andrade_2021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1274/requerimento_vereador_-_presidente_adineudo_-.doc" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1275/req_135.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1289/req_136.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1290/req_0137_hilton.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1291/requerimento__adineudo_138.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1292/requerimento__adineudo_139.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1293/req_140.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1294/req_141.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1295/requerimento__adineudo_142.docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1296/requerimento__adineudo_143.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1297/req_144.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1298/requerimento_mazinho_145.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1314/requerimento_146_000147.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1312/req_0147_hilton.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1313/requerimento_148.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1335/requerimento_150-2021__adineudo.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1334/requerimento__151.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1371/requerimento_willian_153.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1372/requerimento_willian_154.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1366/requerimento_adineudo_2019.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1376/requerimento__156.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1367/requerimento_willian_2021.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1083/indicacao.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1031/meio_ambiente_e_pesca_no01-2021.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1134/meio_ambiente_e_pesca.doc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1141/meio_ambiente_e_pesca.doc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1183/meio_ambiente_e_pesca.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1200/meio_ambiente_e_pesca.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1208/meio_ambiente_e_pesca.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1224/meio_ambiente_e_pesca.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1257/meio_ambiente_e_pesca.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1342/meio_ambiente_e_pesca.doc_09.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1350/meio_ambiente_e_pesca.doc_10.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1365/meio_ambiente_e_pesca.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1033/obras_e_servicos_publicos_03-2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1133/obras_e_servicos_publicos.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1184/obras_e_servicos_publicos.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1225/obras_e_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1256/obras_e_servicos_publicos.doc_.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1331/obras_e_servicos_publicos.doc_11.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1332/obras_e_servicos_publicos.doc_12.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1333/obras_e_servicos_publicos.doc_13.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1341/obras_e_servicos_publicos.doc14.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1349/obras_e_servicos_publicos_15.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1364/obras_e_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1892/parecer_cposp_020.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/898/cpjr_007.021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/899/cpjr_008.021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/916/cpjr_009.021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/919/cpjr_010.021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/967/cpjr_n16.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1027/parecer_26-2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1028/parecer_27-2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1055/justica_e_redacao.doc" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1056/justica_e_redacao.doc" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1059/parecer_portal_jr.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1062/parecer_portal.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1064/parecer_pdf.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1074/parecer_portal_jr.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1076/parecer_portal_jr.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1097/parecer_portal.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1115/willian_sanches.docx" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1117/cpjr.docx" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1118/cpjr.docx" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1119/cpjr.docx" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1120/cpjr.docx" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1121/cpjr.docx" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1135/justica_e_redacao.doc" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1143/comissao_perm.docx" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1144/comissao_perm.docx" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1145/comissao_perm.docx" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1146/comissao_perm.docx" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1162/justica_e_redacao.doc" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1170/justica_e_redacao.doc" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1179/justica_e_redacao.doc" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1180/justica_e_redacao.doc" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1232/justica_e_redacao233.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1198/justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1201/justica_e_redacao...pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1205/justica_e_redacao2.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1209/justica_e_redacao02.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1220/justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1221/justica_e_redacao_1.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1222/justica_e_redacao_2.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1223/justica_e_redacao_3.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1234/justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1235/justica_e_redacao.pdf23.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1247/justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1248/justica_e_redacao_65.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1249/justica_e_redacao_66.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1250/justica_e_redacao_67.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1266/justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1267/justica_e_redacao.pdf_69.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1268/justica_e_redacao.pdf_70.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1278/justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1279/justica_e_redacao_72.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1280/justica_e_redacao_73.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1281/justica_e_redacao_74.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1299/justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1300/justica_e_redacao_76.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1301/justica_e_redacao_77.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1316/justica_e_redacao_78.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1317/justica_e_redacao.doc_79.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1318/justica_e_redacao.doc_80.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1319/justica_e_redacao.doc81.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1320/justica_e_redacao.doc_82.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1321/justica_e_redacao.doc83.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1338/justica_e_redacao_84.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1346/justica_e_redacao.doc_85.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1353/justica_e_redacao.doc86.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1356/justica_e_redacao_87.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1357/justica_e_redacao_88.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1358/justica_e_redacao.doc_89.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1359/justica_e_redacao_90.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1368/justica_e_redacao_91.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1373/justica_e_redacao.doc_92.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/917/cpof_007.021.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/920/cpof_008.021.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/968/cpof_n_012.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/971/cpof_n_013.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1029/parecer_17-2021.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/970/orcamento_e_financas.doc" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1057/orcamento_e_financas.doc" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1060/parecer_portal_0f.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1063/parecer_portal_0f.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1065/parecer_portal_0f.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1075/parecer_portal_0f.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1077/parecer_portal_0f.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1123/cpof.docx" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1147/comissao_perm.docx" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1124/cpof.docx" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1125/cpof.docx" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1126/cpof.docx" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1127/cpof.docx" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1128/cpof.docx" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1129/cpof.docx" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1136/orcamento_e_financas.doc" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1148/comissao_perm.docx" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1149/comissao_perm.docx" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1150/comissao_perm.docx" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1151/comissao_perm.docx" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1163/orcamento_e_financas.doc" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1171/orcamento_e_financas.doc" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1181/orcamento_e_financas.doc" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1182/orcamento_e_financas.doc" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1193/parecer_contas_orcamento_financas.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1199/orcamento_e_financas_.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1207/orcamento_e_financas_.pdf_2.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1210/orcamento_e_financas.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1230/orcamento_e_financas.doc_1.pdf33.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1178/justica_e_redacao.doc" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1226/orcamento_e_financas.doc_1.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1227/orcamento_e_financas.doc_2.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1236/orcamento_e_financas.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1237/orcamento_e_financas.pdf33.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1251/orcamento_e_financas.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1252/orcamento_e_financas.pdf_56.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1253/orcamento_e_financas.pdf_57.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1254/orcamento_e_financas.pdf_58.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1269/orcamento_e_financa.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1270/orcamento_e_financa.pdf_60.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1288/orcamento_e_financas.doc_61.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1287/orcamento_e_financas.doc62.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1286/orcamento_e_financas.doc_63.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1285/orcamento_e_financas.doc_64.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1302/orcamento_e_financas.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1303/orcamento_e_financas.doc_66.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1304/orcamento_e_financas.pdf_67.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1322/orcamento_e_financas.doc_68.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1323/orcamento_e_financas.doc_69.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1324/orcamento_e_financas.doc_70.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1325/orcamento_e_financas.doc_71.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1326/orcamento_e_financas.doc72.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1327/orcamento_e_financas.doc73.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1339/orcamento_e_financas.doc_74.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1354/orcamento_e_financas.doc_76.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1360/orcamento_e_financas.doc_77.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1361/orcamento_e_financas.doc_78.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1362/orcamento_e_financas.doc_79.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1369/orcamento_e_financas_80.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1374/orcamento_e_financas.doc_81.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/918/cpesas_005.2021.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/923/cpesas_006.2021.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/969/cpesas_n_010.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/972/cpesas_n_011.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1030/esass_04-2021.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1058/educacao_saude_e_assistencia_social.doc" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1130/cpes.docx" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1131/cpes.docx" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1132/cpes.docx" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1138/comissao_perm.docx" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1139/comissao_perm.docx" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1140/educacao_saude_e_assistencia_social.doc" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1203/educacao_saude_e_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1211/educacao_saude_e_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1219/educacao_saude_e_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1255/educacaosaude_e_assistencia_social_27.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1282/educacaosaude_e_assistencia_social_28.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1283/educacaosaude_e_assistencia_social_29.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1284/educacaosaude_e_assistencia_social_30.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1305/educacao_saude_e_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1328/cpesas__33.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1329/cpesas__33.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1330/cpesas__34.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1340/educacao_saude_e_assistencia_social.doc_35.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1348/educacao_saude_e_assistencia_social.doc_36.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1370/educacao_saude_e_assistencia_social_38.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1375/educacao_saude_e_assistencia_social.doc_39.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mirantedaserra.ro.leg.br/media/sapl/public/materialegislativa/2021/1190/parecer_tcer_consta_adinaldo__acordao_decisao-990518_apl-tc_00399_20.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H490"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="60.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="222.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="221.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>